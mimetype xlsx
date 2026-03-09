--- v0 (2026-01-23)
+++ v1 (2026-03-09)
@@ -165,51 +165,51 @@
   <c r="I32"/>
   <c r="I31"/>
   <c r="I30"/>
   <c r="I27"/>
   <c r="I26"/>
   <c r="L26" s="1"/>
   <c r="I24"/>
   <c r="L24" s="1"/>
   <c r="I23"/>
   <c r="I21"/>
   <c r="I20"/>
   <c r="I18"/>
   <c r="I17"/>
   <c r="I15"/>
   <c r="I14"/>
   <c r="I12"/>
   <c r="I11"/>
   <c r="I9"/>
   <c r="I7"/>
   <c r="L7" s="1"/>
   <c r="I6"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2027" uniqueCount="1022">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2023" uniqueCount="1022">
   <si>
     <t>Порядок посадки и высадки пассажиров</t>
   </si>
   <si>
     <t>Вид регулярных перевозок</t>
   </si>
   <si>
     <t>Иные требования, предусмотренные законом субъекта РФ</t>
   </si>
   <si>
     <t>Только в установленных остановочных пунктах</t>
   </si>
   <si>
     <t>№ п/п</t>
   </si>
   <si>
     <t>1. Троллейбус</t>
   </si>
   <si>
     <t>3. Автобус</t>
   </si>
   <si>
     <t>2. Трамвай</t>
   </si>
   <si>
@@ -1160,117 +1160,108 @@
   <si>
     <t>ООО "ПАТП-1118", 630110, НСО, г. Новосибирск, ул. Писемского, д. 24/2, оф. 101, ИНН 5410023829</t>
   </si>
   <si>
     <t>ИП Полнарева Ольга Михайловна, ИНН 540435027102</t>
   </si>
   <si>
     <t>ИП Копыльцов Константин Анатольевич, ИНН 540320188424</t>
   </si>
   <si>
     <t xml:space="preserve">ИП Гигин Михаил Андреевич, ИНН 540409885947      </t>
   </si>
   <si>
     <t>ООО ПКП"Лига-Т", 630088,НСО,  г. Новосибирск, Петухова, 71/3, этаж 1, ИНН  5403170371</t>
   </si>
   <si>
     <t>ООО "НИКА", 630041, НСО, г. Новосибирск, ул. 2-я Станционная, 38, ИНН 5404236593</t>
   </si>
   <si>
     <t>ИП Платоненко Георгий Анатольевич, ИНН 540320367462</t>
   </si>
   <si>
     <t xml:space="preserve">ООО "Диамант-1", 630052, НСО, г. Новосибирск, ул. Толмачевская 25, стр.1, ком.407, ИНН 5445118790        </t>
   </si>
   <si>
-    <t xml:space="preserve">ООО "Диамант-1", 630052, НСО, г. Новосибирск, ул. Толмачевская 25, стр.1, ком.407, ИНН 5445118790   </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">ООО "СИБНИКМА", 630088, НСО, г. Новосибирск, ул.Сибиряков-Гвардейцев, 49/3, ИНН 5403355608                                      </t>
   </si>
   <si>
     <t xml:space="preserve">ООО Предприятие "СИБНИКМА", 630078, НСО, г. Новосибирск, ул. Ватутина, 4 , ИНН 5404121497 </t>
   </si>
   <si>
     <t>ООО "НОВОТЕХ-авто", 630095, НСО, г. Новосибирск, ул. Солидарности, 103, ИНН 5410016236</t>
   </si>
   <si>
     <t xml:space="preserve">ООО "ОСТА", 630010, НСО, г. Новосибирск, ул. Дегтярева, 19, ИНН 5401257891                                                 </t>
   </si>
   <si>
     <t xml:space="preserve">ИП Глобин Денис Геннадьевич, ИНН 541910991883        </t>
   </si>
   <si>
     <t>ООО "ПАТП 1118",  630110, НСО, г. Новосибирск, ул. Писемского, д. 24/2, оф. 201, ИНН 5410006118</t>
   </si>
   <si>
     <t xml:space="preserve">ООО "Сибсвязь-Авто", 630027, НСО, г. Новосибирск, ул. Писемского, д. 24/2, помещ. 1, ИНН  5407258595                                        </t>
   </si>
   <si>
     <t xml:space="preserve">ООО "ГАПП-6", 630028, НСО, г. Новосибирск, ул. Нижегородская, 272, этаж 2, ИНН 5405281253 </t>
   </si>
   <si>
     <t>ИП Малинкин Алексей Владимирович, ИНН 540806566440</t>
   </si>
   <si>
     <t xml:space="preserve">ООО "Б3", 633218, НСО, Искитимский р-н, с.п. Морозовский сельсовет, с. Морозово, ул. Морская, д. 24, ИНН 5405973046                    </t>
   </si>
   <si>
     <t>ООО "Академ Лайн", 630128, г.Новосибисрк, ул. Демакова, 23/5, оф. 309, ИНН 5408229572</t>
   </si>
   <si>
     <t>ИП Остапенко Эдуард Александрович, ИНН 540821274917</t>
   </si>
   <si>
-    <t xml:space="preserve">ООО "ПежоСервис", 630117, НСО, р-н Новосибирский, п. Каинская Заимка, ул. Серебряное озеро, 1, ИНН 5433950844 </t>
-[...1 lines deleted...]
-  <si>
     <t>ИП Сарычев Виталий Валерьевич, ИНН 541073086307</t>
   </si>
   <si>
     <t xml:space="preserve">ИП Молокова Людмила Николаевна, ИНН 540960401915 </t>
   </si>
   <si>
     <t xml:space="preserve">ИП Кожанов Анатолий Николаевич, ИНН 543311704364        </t>
   </si>
   <si>
     <t xml:space="preserve">ООО "СИБНИКМА", 630088, НСО, г. Новосибирск, ул.Сибиряков-Гвардейцев, 49/3, ИНН 5403355608 </t>
   </si>
   <si>
     <t>Срок действия контракта или срок действия свидетельства об осуществлении перевозок по маршруту регулярных перевозок, если оно выдано на ограниченный срок</t>
   </si>
   <si>
     <t>Ул. Учительская - Ботанический ж/м - Ул. Учительская</t>
   </si>
   <si>
     <t>Цветущая Плющиха - Ул. Учительская</t>
   </si>
   <si>
     <t>Пл. им. Калинина - Сад им. Дзержинского</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">наличие устройства, обеспечивающего доведение голосовой информации о регулярных перевозках (автоинформатор), наличие системы безналичной оплаты проезда, наличие видеорегистраторов   </t>
   </si>
   <si>
     <t>Дата начала осуществления регулярных перевозок юридическим лицом, индивидуальным предпринимателем или участниками договора простого товарищества</t>
   </si>
   <si>
     <t>Максимальный срок эксплуатации транспортных средств (если данные сведения предусмотрены контрактом или заявкой на участие в открытом конкурсе, представленной участником открытого конкурса, которому предоставлено право осуществления регулярных перевозок по нерегулируемым тарифам)</t>
   </si>
   <si>
     <t xml:space="preserve">Регистрационный номер маршрута регулярных перевозок </t>
   </si>
   <si>
     <t>Порядковый номер маршрута регулярных перевозок</t>
   </si>
   <si>
     <t xml:space="preserve">Наименование маршрута регулярных перевозок </t>
   </si>
   <si>
     <t>Наименования промежуточных остановочных пунктов по маршруту регулярных перевозок</t>
   </si>
   <si>
     <t>Протяженность маршрута регулярных перевозок, км</t>
   </si>
   <si>
     <t>Характеристики транспортных средств, влияющие на качество перевозок (если данные сведения предусмотрены решением об установлении или изменении маршрута регулярных перевозок, контрактом либо заявкой на участие в открытом конкурсе, представленной участником открытого конкурса, по нерегулируемым тарифам)</t>
   </si>
@@ -1522,64 +1513,50 @@
 (п.м.о. «ЖК «Северная корона»)
 </t>
   </si>
   <si>
     <t xml:space="preserve">ул. Связистов,                                 
 ул. Волховская,                        
 ул. 9-й Гвардейской дивизии,                            
 ул. Троллейная,                      
 ул. Вертковская,                    
 ул. Сибиряков-Гвардейцев,                                
 ул. Покрышкина,
 пл. им. Карла Маркса (без отстоя)
 </t>
   </si>
   <si>
     <t xml:space="preserve">не старше 1 года - 1ед.
 от 3-х до 5 лет включительно – 2 ед.
 "не установлен"  – 6 ед.
 </t>
   </si>
   <si>
     <t xml:space="preserve">ООО "АвтоРегионБус", 630051, г. Новосибирск, пр-кт Дзержинского, зд. 140Б, ИНН 5433199441             </t>
   </si>
   <si>
     <t>Наличие точки доступа к информационно-телекоммуникационной сети "Интернет", наличие системы безналичной оплаты проезда</t>
-  </si>
-[...12 lines deleted...]
-</t>
   </si>
   <si>
     <t>об установлении, изменении или отмене маршрута регулярных перевозок</t>
   </si>
   <si>
     <t xml:space="preserve">о заключении контракта </t>
   </si>
   <si>
     <t xml:space="preserve">о предоставлении права осуществления регулярных перевозок по нерегулируемым тарифам </t>
   </si>
   <si>
     <t xml:space="preserve">Даты вынесения решений и реквизиты </t>
   </si>
   <si>
     <t>Нижняя Ельцовка – С.о. «Отдых-2»</t>
   </si>
   <si>
     <t>М. «Заельцовская» - Ул. Лобачевского</t>
   </si>
   <si>
     <t>Пос. Клюквенный – Ботанический ж/м</t>
   </si>
   <si>
     <t>Затулинский ж/м – Ключ-Камышенское Плато</t>
   </si>
@@ -3158,98 +3135,50 @@
 ул. Эйхе, 
 ул. Первомайская, 
 (п.м.о. «Ул. Капитана Сигова»)
 </t>
   </si>
   <si>
     <t>Ул. Кутателадзе - Ул. Экваторная - Ул. Кутателадзе</t>
   </si>
   <si>
     <t>Ул. Кутателадзе – Пос. Геологов</t>
   </si>
   <si>
     <t>Ул. Кутателадзе - Ул. Экваторная</t>
   </si>
   <si>
     <t xml:space="preserve">Ул. Кутателадзе - М. «Речной вокзал»  </t>
   </si>
   <si>
     <t>Ул. Кутателадзе – Ул. Таврическая</t>
   </si>
   <si>
     <t xml:space="preserve">Ул. Таврическая – Центральный корпус </t>
   </si>
   <si>
     <t>Радиостанция № 5 – М. «Площадь Маркса» (ул. Покрышкина)</t>
-  </si>
-[...46 lines deleted...]
-</t>
   </si>
   <si>
     <t>Ул. Александра Чистякова - ЖК «Новомарусино»</t>
   </si>
   <si>
     <t xml:space="preserve">1. Ул. Александра Чистякова
 2. Ул. Виктора Шевелева
 3. Ул. Прокопьевская
 4. Чемская
 5. Северо-Чемской ж/м
 6. Ул. Комсомольская 
 7. Ул. Балканская
 8. Ул. Тюменская 
 9. Оловозавод 
 10. Разъезд Бугринский
 11. Лыжная база
 12. Тульский мост
 13. Ул. Немировича-Данченко 
 14. Колледж автосервиса и дорожного хозяйства
 15. ГУМ
 16. М. «Площадь Маркса» (ул. Ватутина)
 17. Центр «Эгида»
 18. Стадион «Сибсельмаш»
 19. ДК «Металлург»
 20. Музыкальная школа
@@ -3897,98 +3826,50 @@
   <si>
     <t xml:space="preserve">1. Пл. им. Калинина
 2. Университет путей сообщения
 3. Городская больница
 4. Универмаг «Калининский»
 5. Стадион «Сибирь»
 6. ДК им. Горького
 7. Ул. 25 лет Октября 
 8. Ул. Учительская 
 9. Ул. Писемского 
 10. Завод Химконцентратов
 11. Ул. Объединения
 12. ТЭЦ-4
 13. Пос. Спартак
 14. Ул. Кайтымовская 
 15. Станция «Иня-Восточная»
 16. Лесная 
 17. Г. Заволокина 
 18. Библиотека им. М. Горького
 19. Ул. Солидарности 
 20. Ул. Флотская
 21. 118 Арсенал
 </t>
   </si>
   <si>
-    <t xml:space="preserve">1. Микрорайон «Чистая Слобода»
-[...46 lines deleted...]
-  <si>
     <t xml:space="preserve">ул. Титова,
 ул. Порт-Артурская,                  
 ул. Спортивная,                                 
 ул. Холмистая,  
 ул. Забалуева, 
 ул. Колхидская,
 ул. Пархоменко, 
 ул. Фасадная, 
 ул. Забалуева, 
 ул. Невельского, 
 ул. Широкая, 
 ул. Новосибирская,
 ул. Пархоменко, 
 ул. Троллейная, 
 ул. Широкая,
 пл. Труда,
 ул. Станиславского, 
 пл. им. Станиславского,
 ул. Титова, 
 пл. им. Карла Маркса,  
 ул. Сибиряков-Гвардейцев, 
 пл. Сибиряков-Гвардейцев,
 ул. Мира,                                            
 ул. Аникина,                                     
 ул. Обогатительная, 
@@ -7884,97 +7765,84 @@
     <t xml:space="preserve">Автобус, 
 Большой класс, 
 Экологический класс – Евро-2, Евро-3
 </t>
   </si>
   <si>
     <t xml:space="preserve">Автобус, 
 Большой класс, 
 Средний класс,
 Экологический класс – Евро-5
 </t>
   </si>
   <si>
     <t>Автобус, 
 Средний класс, 
 Экологический класс –Евро-5</t>
   </si>
   <si>
     <t xml:space="preserve">Автобус, 
 Средний класс, 
 Экологический класс – Евро-5
    </t>
   </si>
   <si>
     <t xml:space="preserve">Автобус, 
-Большой класс, 
-[...4 lines deleted...]
-    <t xml:space="preserve">Автобус, 
 Средний класс, 
 Экологический класс – Евро-5
 </t>
   </si>
   <si>
     <t>Автобус, 
 Средний класс,
 Экологический класс – Евро-5</t>
   </si>
   <si>
     <t>Автобус, 
 Средний класс,
 Экологический класс – Евро-3, Евро-5</t>
   </si>
   <si>
     <t xml:space="preserve">Автобус, 
 Большой класс, 
 Экологический класс – "не определен"
 </t>
   </si>
   <si>
     <t>Автобус, 
 Большой класс, 
 Экологический класс – Евро-2, Евро-3, Евро-4, Евро-5</t>
   </si>
   <si>
     <t>Автобус, 
 Средний класс, 
 Экологический класс – Евро-5</t>
   </si>
   <si>
     <t xml:space="preserve">Автобус, 
 Малый класс категории М3,
 Экологический класс – "не определен"
-</t>
-[...5 lines deleted...]
-Экологический класс – Евро-2, Евро-3, Евро-4
 </t>
   </si>
   <si>
     <t>Автобус, 
 Большой класс, 
 Экологический класс – Евро-3</t>
   </si>
   <si>
     <t xml:space="preserve">Автобус, 
 Малый класс категории М2,
 Экологический класс – Евро-4, Евро-5
 </t>
   </si>
   <si>
     <t>Автобус, 
 Малый класс категории М2,
 Экологический класс – Евро-4, Евро-5</t>
   </si>
   <si>
     <t>Автобус, 
 Малый класс категории М2,
 Экологический класс – "не определен"</t>
   </si>
   <si>
     <t>Автобус, 
@@ -8214,99 +8082,50 @@
 45. Библиотека им. Островского
 46. Ул. О. Дундича 
 47. Ул. Учительская 
 48. Ул. Писемского 
 49. Завод Химконцентратов
 50. Ул. Объединения 
 51. Ул. Дунаевского
 52. Магазин «Юбилейный»
 53. Библиотека им. Лермонтова
 54. Ул. Макаренко 
 55. Ул. Курчатова 
 56. Магазин 
 57. Ул. Рассветная 
 58. Торговый центр 
 59. Поликлиника № 29
 60. Ул. Родники 
 61. Магазин «Радуга»
 62. Ул. Краузе 
 63. Ул. Гребенщикова 
 64. Ул. Свечникова 
 65. Ледовая арена
 66. Ул. Тюленина
 </t>
   </si>
   <si>
-    <t xml:space="preserve">1. Белые росы
-[...47 lines deleted...]
-  <si>
     <t xml:space="preserve">1. Ул. Твардовского 
 2. Березовое ж/м
 3. Ул. Шукшина 
 4. Белый сад                                  
 5. Ул. Читинская
 6. Гимназия № 8
 7. Ул. Вересаева 
 8. Техникум железнодорожного транспорта
 9. Ул. Пихтовая 
 10. Ул. Нахимова 
 11. Ул. Ушакова 
 12. Путепровод
 13. Ул. Баганская 
 14. СК «Первомаец»
 15. Станция «Сибирская»
 16. Стрелочный завод 
 17. Ул. Аксенова
 18. Ул. Ростовская 
 19. Ул. Шмидта 
 20. Ул. М. Ульяновой 
 21. Монумент Славы первомайцам
 22. Ул. Эйхе
 23. Дом Молодежи
 24. Переходной мост 
 25. Станция «Инская»
@@ -9140,87 +8959,50 @@
 пл. им. Карла Маркса,
 ул. Титова, 
 пл. им. Станиславского,
 ул. Станиславского, 
 пл. Труда,
 пл. Энергетиков,
 пр-д Энергетиков,
 Димитровский мост, 
 пр-кт Димитрова,  
 ул. Ленина, 
 ул. Челюскинцев, 
 пл. Лунинцев,
 ул. Нарымская, 
 пл. Трубникова,
 ул. Нарымская, 
 ул. Дуси Ковальчук, 
 пл. им. Калинина,
 ул. Дуси Ковальчук, 
 ул. Богдана Хмельницкого, 
 ул. Объединения, 
 пер. Рекордный,
 ул. Фадеева,
 ул. Мясниковой,
 Красный пр-кт,
 (п.м.о. «ЖК «Северная корона»)
-</t>
-[...35 lines deleted...]
-дор. до Северного кладбища
 </t>
   </si>
   <si>
     <t xml:space="preserve">Вокзал «Новосибирск-Главный» – Пос. Северный
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Пос. Северный                                 
 2. Машиностроительный колледж                                      
 3. Ул. Сухановская                                
 4. Ул. Фадеева                                       
 5. Ул. Окружная                                  
 6. Центр спортивной гимнастики                                          
 7.  Ул. Ляпидевского 
 8.  Ул. Зареченская 
 9.  Ул. Георгия Колонды
 10. Ул. Северная
 11. Театральный иститут                                       
 12. М. «Заельцовская»
 13. М. «Заельцовская»
 14. Ул. Кропоткина 
 15. М. «Гагаринская»
 16. Ул. Достоевского
 17. М. «Красный проспект» 
 18. Цирк
@@ -9930,79 +9712,50 @@
 24. Тульский мост
 25. Ул. Немировича-Данченко
 26. Колледж автосервиса и дорожного хозяйства
 27. ГУМ
 28. Башня
 29. М. «Студенческая»
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. М. «Студенческая»
 2. Ул. Лыщинского
 3. Центральный корпус
 4. Ул. Немировича-Днченко
 5. Ул. Немировича-Данченко
 6. Тульский мост
 7. Парк «Бугринская роща»
 8. Карьер Борок                                                                                                                                                                                                                                                                                                                                                   9. Река Иня                                                                                                                                                                                                                                                                                                                                                                           10. Разъезд Иня                                                                                                                                                                                                                                                                                                                                                             11. Микрорайон «Весенний»                                                                                                                                                                                                                                                                                                                                         12. Школа № 214                                                                                                                                                                                                                                                                                                                                                                          13. Ул. Аксенова
 14. Стрелочный завод                                                                                                                                                                                                                                                                                                                                                             15. СК «Первомаец»                                                                                                                                                                                                                                                                                                                                                           16. Станция «Сибирская»                                                                                                                                                                                                                                                                                                                                      17. Ул. Баганская                                                                                                                                                                                                                                                                                                                                                              18. Путепровод                                                                                                                                                                                                                                                                                                                                                             19. Ул. Ушакова                                                                                                                                                                                                                                                                                                                                                                   20. Ул. Нахимова                                                                                                                                                                                                                                                                                                                                                           21. Ул. Пихтовая                                                                                                                                                                                                                                                                                                                                                               22. Техникум железнодорожного транспорта                                                                                                                                                                                                                                                                                               23. Ул. Вересаева                                                                                                                                                                                                                                                                                                                                                           24. Колледж связи
 25. Ул. Наумова
 26. Медицинский центр                                                                                                                                                                                                                                                                                                                                                           27. Ул. Мирная
 28. Приобские электросети
 29. Матвеевка
 </t>
   </si>
   <si>
-    <t xml:space="preserve">1. Северное кладбище 
-[...27 lines deleted...]
-  <si>
     <t>Северное кладбище - ЖК «Северная корона»</t>
   </si>
   <si>
     <t xml:space="preserve">1. Криводановский карьер 
 2. Пер. 1-й Балластный
 3. Ул. Клубная
 4. Мехколонна
 5. Мехколонна
 6. Ул. Большая
 7. ЖК «Дивногорский»
 8. Ул. Юности
 9. ЖК «Новомарусино»
 10. Ул. Юности
 11. ЖК «Дивногорский
 12. Ул. Большая
 13. Северная площадка
 14. Втормет
 15. Ул. 3-я Кустарная
 16. Ул. 1-я Кустарная
 17. ПМК
 18. ГСК «Ромашка»
 19. Лесоперевалка                     
 20. Проезд Энергетиков                       
 21. ТЭЦ-3                            
 22. ТЭЦ-2                                  
@@ -10493,58 +10246,50 @@
 ул. Жемчужная,      Весенний пр-д,
 (п.м.о. «Цветной проезд») 
 </t>
   </si>
   <si>
     <t xml:space="preserve">(без отстоя) пл. Инженера Будагова,
 ул. Большевистская,
 Бердское ш.,                                                                                                                                                                                                                                                                                                                                                  Старое ш.,                                                                                                                                                                                                                                                                                                                                                     Бердское ш.,                                                                                                                                                                                                                                                                                                                                                        ул. Лесосечная,                                                                                                                                                                                                                                                                                                                                                                  ул. Экваторная,
 о.п. «Ул. Экваторная»,
 ул. Экваторная,
 ул. Зеленая Горка,
 Садовый пр-д,
 о.п. «Садовый проезд»,
 Садовый пр-д,
 ул. Зеленая Горка, 
 ул. Тимакова     
                                                                                                                                                                                                                                                                                                                                                               </t>
   </si>
   <si>
     <t>54АВ80/0725</t>
   </si>
   <si>
     <t>Биатлонный комплекс – Вокзал "Новосибирск-Главный"</t>
   </si>
   <si>
-    <t>Малый класс категории М3 - 8</t>
-[...6 lines deleted...]
-  <si>
     <t>Всего автобусных маршрутов: 59</t>
   </si>
   <si>
     <t>54ТЛ15к/0725</t>
   </si>
   <si>
     <t>1. М. «Площадь Маркса» (ул. Покрышкина)                                                                                                                                                                                                                                                                                                                                                      2. Ул. Покрышкина                                                                                                                                                                                                                                                                                                                                                                   3. Ул. Вертковская                                                                                                                                                                                                                                                                                                                                                                  4. Из-во «Советская Сибирь»                                                                                                                                                                                                                                                                                                                                       5. Пл. Сибиряков-Гвардейцев                                                                                                                                                                                                                                                                                                                                        6. Ул. Мира                                                                                                                                                                                                                                                                                                                                                                             7. Строительная                                                                                                                                                                                                                                                                                                                                                                  8. Поликлиника № 21                                                                                                                                                                                                                                                                                                                                                                        9. Оловозавод                                                                                                                                                                                                                                                                                                                                                                            10. Ул. Брюллова                                                                                                                                                                                                                                                                                                                                                              11. Промышленная                                                                                                                                                                                                                                                                                                                                                      12. Ул. Балканская                                                                                                                                                                                                                                                                                                                                                       13. Ул. Комсомольская                                                                                                                                                                                                                                                                                                                                                  14. Северо-Чемской ж/м</t>
   </si>
   <si>
     <t xml:space="preserve">1. Северо-Чемской ж/м                                                                                                                                                                                                                                                                                                                                                      2. Ул. Комсомольская                                                                                                                                                                                                                                                                                                                                                     3. Ул. Балканская                                                                                                                                                                                                                                                                                                                                                             4. Ул. Тюменская                                                                                                                                                                                                                                                                                                                                                                             5. Оловозавод                                                                                                                                                                                                                                                                                                                                                                              6. Поликлиника № 21                                                                                                                                                                                                                                                                                                                                                                         7. Строительная                                                                                                                                                                                                                                                                                                                                                                 8. Ул. Мира                                                                                                                                                                                                                                                                                                                                                                          9. Пл. Сибиряков-Гвардейцев                                                                                                                                                                                                                                                                                                                                              10. Из-во «Советская Сибирь»                                                                                                                                                                                                                                                                                                                                   11. Гвардейская                                                                                                                                                                                                                                                                                                                                                                12. Ул. Покрышкина                                                                                                                                                                                                                                                                                                                                                           13. М. «Площадь Маркса» (ул. Покрышкина)                                                                                                                                                                                                                                                                                                                                                      </t>
   </si>
   <si>
     <t>Ул. Александра Анцупова - Планетарий</t>
   </si>
   <si>
     <t xml:space="preserve">1. Ул. Александра Анцупова 
 2. Ул. Ивана Салащенко
 3. Ул. Полякова 
 4. Каменское шоссе
 5. Сады
 6. Золотая горка
 7. Ул. Седова 
 8. Ул. Ползунова 
 9. Сад им. Дзержинского
 10. Ул. Волочаевская 
@@ -11573,169 +11318,50 @@
 11. ТЭЦ-2
 12. Пл. Труда
 13. ПКиО им. Кирова
 14. Монумент Славы
 15. Пл. им. Станиславского
 16. Телецентр
 17. М. «Площадь Маркса»
 18. Башня
 19. М. «Студенческая»
 20. Ул. Лыщинского
 21. Центральный корпус
 </t>
   </si>
   <si>
     <t xml:space="preserve">с 19.09.2025 отмена маршрута (Приказ ДТ от 15.09.2025 № 0071-од)
 с 01.06.2025 изменение маршрута (Приказ ДТ от 26.03.2025 № 0005-од) 
 с 01.10.2024 изменение маршрута (Приказ ДТиДБК от 13.09.2024 № 213-од)
 </t>
   </si>
   <si>
     <t xml:space="preserve">с 15.07.2025 отмена маршрута (приказ ДТ от 15.07.2025 № 0048-од)       
 с 01.06.2025 изменение маршрута (Приказ ДТ от 26.03.2025 № 0005-од)      
 </t>
   </si>
   <si>
-    <t xml:space="preserve">1. Ул. Александра Анцупова 
-[...117 lines deleted...]
-  <si>
     <t xml:space="preserve">с 16.10.2025 отмена маршрута (Приказ ДТ от 15.10.2025 № 0079-од)
 с 01.06.2025 изменение маршрута (Приказ ДТ от 26.03.2025 № 0005-од)
 </t>
   </si>
   <si>
     <t>10 лет</t>
   </si>
   <si>
     <t xml:space="preserve">10 лет </t>
   </si>
   <si>
     <t xml:space="preserve">1. Ул. Кутателадзе                  
 2. Ул. Демакова                                 
 3. Новосибирский политехнический колледж
 4. Ул. Рубиновая
 5. Станция «Сеятель» 
 6. Ул. Героев Труда
 7. Проспект Строителей
 8. ДК «Юность»
 9. Институт Теплофизики                     
 10. ВЦ                                                
 11. Институт Ядерной физики                                       
 12. Институт Гидродинамики               
 13. Морской проспект                    
 14. Дом Ученых                                  
@@ -11816,130 +11442,50 @@
 12. С.о. «Заря» 
 13. С.о. «Обское» 
 14. Сады  
 15. С.о. «Родник» 
 16. С.о. «Шмель» 
 17. С.о. «Чистые пруды»
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. С.о. «Чистые пруды» 
 2. С.о. «Шмель» 
 3. С.о. «Родник» 
 4. Сады  
 5. С.о. «Обское» 
 6. С.о. «Заря» 
 7. С.о. «Весна» 
 8. С.о. «Рассвет» 
 9. Переезд 
 10. Стоматологическая поликлиника № 8
 11. Ул. Печатников 
 12. Ул. Часовая 
 13. Ул. Приморская 
 14. Кафе «Жемчужина» 
 15. Баня № 22 
 16. Ул. Ветлужская
-</t>
-[...78 lines deleted...]
-35. Ул. Таврическая
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. ЖК «Северная корона»
 2. Спортивный комплекс
 3. Ул. Виталия Цымановского
 4. Ул. Краузе
 5. Магазин «Радуга»
 6. Ул. Родники
 7. Торговый центр
 8. Ул. Рассветная
 9. Снегири ж/м
 10. Ул. Тайгинская
 11. Пос. Спартак
 12. ТЭЦ-4
 13. Ул. Объединения
 14. Завод Химконцентратов
 15. Ул. Писемского
 16. Ул. Учительская 
 17. Ул. 25 лет Октября 
 18. ДК им. Горького
 19. Стадион «Сибирь»
 20. Универмаг «Калининский»
 21. Городская больница
 22. Университет путей сообщения
@@ -12002,78 +11548,50 @@
 32. Пл. им. Свердлова
 33. Ул. Колыванская                              
 34. Парк «Городское начало»   
 35. М. «Спортивная»
 36. Пл. Лыщинского 
 37. М. «Студенческая»
 38. Башня 
 39. М. «Площадь Маркса»
 40. Телецентр
 41. Пл. им. Станиславского
 42. Ул. Степная 
 43. Ул. Станиславского 
 44. Станиславский ж/м
 45. Кирзавод
 46. Автокомбинат
 47. Бульвар Победы
 48. Ул. Хилокская 
 49. ТК «Толмачевский»
 50. Складская                                         
 51. Машкомплект                            
 52. Толмачевское шоссе                                        
 53. Пригородный простор
 </t>
   </si>
   <si>
-    <t xml:space="preserve">1. ЖК «Северная корона»
-[...26 lines deleted...]
-  <si>
     <t xml:space="preserve">1. Микрорайон «Стрижи»                                                                                                                                                                                                                                                                                                                                                                                                                                                     2. Карьер Мочище                                                                                                                                                                                                                                                                                                                                                                                                                                        3. ЖК «Светлая роща»                                                                                                                                                                                                                                                                                                                                                                                                                                   4. Библиотека им. Шишкова
 5. Ул. Кубовая
 6. Ул. Виталия Цымановского                                                                                                                                                                                                                                                                                                                                                                                                                                         7. Ул. Гребенщикова                                                                                                                                                                                                                                                                                                                                                                                                                                
 8. ТК «Лента»     
 9. ЖК «Северная корона»
 10. Спортивный комплекс                                                                                                                                                                                                                                                                                                                                                                                                                             11. Школа № 211 
 12. Ул. Свечникова                                                                                                                                                                                                                                                                                                                                                                                                                                      13. Ледовая арена                                                                                                                                                                                                                                                                                                                                                                                                                                     14. Ул. Земнухова                                                                                                                                                                                                                                                                                                                                                                                                                                      
 15. Торговый центр
 16. Ул. Рассветная 
 17. Магазин
 18. Ул. Курчатова
 19. Ул. Макаренко
 20. Библиотека им. Лермонтова
 21. Магазин «Юбилейный»
 22. Ул. Дунаевского
 23. Ул. Объединения
 24. Завод Химконцентратов
 25. Ул. Писемского 
 26. Ул. Учительская 
 27. Ул. О. Дундича 
 28. Библиотека им. Островского
 29. Сквер «Авиаконструктора Антонова»
 30. Дом одежды
 31. Гипроуголь
 32. Ул. Волочаевская 
@@ -12150,56 +11668,50 @@
 24. Ул. Рассветная 
 25. Снегири ж/м
 26. Ул. Тайгинская 
 27. Ул. Кайтымовская
 28. Станция «Иня-Восточная»
 29. Пос. Клюквенный
 </t>
   </si>
   <si>
     <t xml:space="preserve">с 14.11.2025 изменение маршрута (Приказ ДТ от 05.11.2025 № 0089-од)
 с 01.06.2025 изменение маршрута (Приказ ДТ от 26.03.2025 № 0005-од)
 </t>
   </si>
   <si>
     <t xml:space="preserve">с 14.11.2025 изменение маршрута (Приказ ДТ от 13.11.2025 № 0093-од),
 с 01.06.2025 изменение маршрута (Приказ ДТ от 26.03.2025 № 0005-од),     
 с 01.04.2025 изменение маршрута (Приказ ДТ от 21.03.2025 № 0001-од),
 с 27.12.2024 изменение маршрута (Приказ ДТиДБК от 13.12.2024 № 336-од),
 с 01.10.2024 изменение маршрута (Приказ ДТиДБК от 05.07.2024 № 121-од)
 </t>
   </si>
   <si>
     <t xml:space="preserve">с 14.11.2025 изменение маршрута (Приказ ДТ от 13.11.2025 № 0093-од),
 с 01.06.2025 изменение маршрута (Приказ ДТ от 26.03.2025 № 0005-од), 
 с 27.12.2024 изменение маршрута (Приказ ДТиДБК от 13.12.2024 № 336-од)
-</t>
-[...4 lines deleted...]
-с 01.04.2025 изменение маршрута (Приказ ДТ от 25.03.2025 № 0003-од)
 </t>
   </si>
   <si>
     <t xml:space="preserve">с 14.11.2025 изменение маршрута (Приказ ДТ от 13.11.2025 № 0093-од),
 с 01.06.2025 изменение маршрута (Приказ ДТ от 26.03.2025 № 0005-од),              
 с 01.04.2025 изменение маршрута (Приказ ДТ от 21.03.2025 № 0001-од)
 </t>
   </si>
   <si>
     <t xml:space="preserve">с 14.11.2025 изменение маршрута (Приказ ДТ от 13.11.2025 № 0093-од),
 с 01.06.2025 изменение маршрута (Приказ ДТ от 26.03.2025 № 0005-од),            
 с 01.10.2024 изменение маршрута (Приказ ДТиДБК от 13.09.2024 № 213-од)
 </t>
   </si>
   <si>
     <t xml:space="preserve">с 18.11.2025 изменение маршрута (Приказ ДТ от 29.10.2025 № 0084-од)
 с 01.06.2025 изменение маршрута (Приказ ДТ от 26.03.2025 № 0005-од)
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Ул. Белоусова
 2. Ул. Тружеников
 3. Шлюзы
 4. Дом молодежи «Маяк»
 5. Высший колледж информатики
@@ -12405,113 +11917,50 @@
 12. Ул. Лесосечная
 13. Нижняя Ельцовка
 14. Клиника им. Мешалкина
 15. Проспект Строителей
 16. ДК «Юность»
 17. Ул. Инженерная
 18. Технопарк
 19. ВЦ
 20. Институт Ядерной физики
 21. Институт Гидродинамики
 22. Морской проспект
 23. Дом Ученых
 24. Ул. Жемчужная
 25. Цветной проезд
 </t>
   </si>
   <si>
     <t xml:space="preserve">с 19.11.2025 изменение маршрута (Приказ ДТ от 14.11.2025 № 0096-од)
 с 01.06.2025 изменение маршрута (Приказ ДТ от 26.03.2025 № 0005-од)  
 </t>
   </si>
   <si>
     <t>6 лет включительно</t>
   </si>
   <si>
-    <t xml:space="preserve">(п.м.о. «Ул. Александра Анцупова»), 
-[...61 lines deleted...]
-  <si>
     <t>Бугринская роща – Хлебозавод</t>
   </si>
   <si>
     <t xml:space="preserve">1. Юго-Западный ж/м
 2. Школа № 174
 3. ЖДК «Радуга»
 4. Ул. Оборонная 
 5. Ул. Связистов 
 6. Ул. Пилотов
 7. Ул. Озерная 
 8. Ул. Ташкентская 
 9. Ул. Невельского 
 10. Ул. Широкая 
 11. Ул. Киевская 
 12. Хлебозавод
 13. Вокзал «Новосибирск-Западный»
 14. ГПТУ-50
 15. Пл. Труда
 16. ДК «Металлург»
 17. Ул. Котоского
 18. Институт Зональный
 19. Ул. Блюхера 
 20. Ул. Геодезическая 
 21. Ул. Космическая 
 22. Магазин «Телевизоры»
@@ -12642,55 +12091,50 @@
 с 29.01.2025 изменение маршрута (Приказ ДТиДБК от 27.01.2025 № 0022-од)
 </t>
   </si>
   <si>
     <t xml:space="preserve">с 01.06.2025 изменение маршрута (Приказ ДТ от 26.03.2025 № 0005-од),  
 с 29.04.2025 изменение маршрута (Приказ ДТ от 18.04.2025 № 0015-од),
 с 27.12.2024 изменение маршрута (Приказ ДТиДБК от 13.12.2024 № 336-од)
 </t>
   </si>
   <si>
     <t xml:space="preserve">с 01.06.2025 изменение маршрута (Приказ ДТ от 26.03.2025 № 0005-од), 
 с 01.04.2025 изменение маршрута (Приказ ДТ от 25.03.2025 № 0003-од)
 </t>
   </si>
   <si>
     <t xml:space="preserve">с 01.06.2025 изменение маршрута (Приказ ДТ от 26.03.2025 № 0005-од), 
 с 29.04.2025 изменение маршрута (Приказ ДТ от 18.04.2025 № 0015-од)
 </t>
   </si>
   <si>
     <t xml:space="preserve">с 01.06.2025 изменение маршрута (Приказ ДТ от 26.03.2025 № 0005-од),
 с 29.01.2025 изменение маршрута (Приказ ДТиДБК от 27.01.2025 № 0021-од)
 </t>
   </si>
   <si>
-    <t xml:space="preserve">с 01.06.2025 изменение маршрута (Приказ ДТ от 26.03.2025 № 0005-од), 
-[...3 lines deleted...]
-  <si>
     <t xml:space="preserve">с 01.06.2025 изменение маршрута (Приказ ДТ от 26.03.2025 № 0005-од),
 с 21.09.2024 изменение маршрута (Приказ ДТиДБК от 19.09.2024 № 223-од)
 </t>
   </si>
   <si>
     <t xml:space="preserve">с 01.06.2025 изменение маршрута (Приказ ДТ от 26.03.2025 № 0005-од),   
 с 01.10.2024 изменение маршрута (Приказ ДТиДБК от 13.09.2024 № 213-од)
 </t>
   </si>
   <si>
     <t xml:space="preserve">с 28.05.2025 отмена маршрута (Приказ ДТ от 27.05.2025 № 0035-од), 
 с 01.10.2024 изменение маршрута (Приказ ДТиДБК от 13.09.2024 № 213-од)
 </t>
   </si>
   <si>
     <t xml:space="preserve">с 01.06.2025 изменение маршрута (Приказ ДТ от 26.03.2025 № 0005-од),
 с 18.03.2025 изменение маршрута (Приказ ДТиДБК от 05.03.2025 № 0053-од)
 </t>
   </si>
   <si>
     <t xml:space="preserve">с 01.06.2025 изменение маршрута (Приказ ДТ от 26.03.2025 № 0005-од), 
 с 28.10.2024 изменение маршрута (Приказ ДТиДБК от 10.10.2024 № 248-од)
 </t>
   </si>
   <si>
@@ -12919,50 +12363,612 @@
 ул. Фабричная,
 пл. Инженера Будагова,
 ул. Большевистская (без отстоя)
 </t>
   </si>
   <si>
     <t>Автобус, 
 Малый класс категории М2,
 Экологический класс –</t>
   </si>
   <si>
     <t xml:space="preserve">с 09.12.2025 установление маршрута (Приказ ДТ от 09.12.2025 № 0105-од)  
 </t>
   </si>
   <si>
     <t>Всего таксомоторных маршрутов: 33</t>
   </si>
   <si>
     <t>Всего городских маршрутов: 116</t>
   </si>
   <si>
     <t xml:space="preserve">с 24.12.2025 изменение маршрута (Приказ ДТ от 22.12.2025 № 0112-од)
 с 18.11.2025 изменение маршрута (Приказ ДТ от 29.10.2025 № 0084-од)
 с 01.06.2025 изменение маршрута (Приказ ДТ от 26.03.2025 № 0005-од)
 </t>
+  </si>
+  <si>
+    <t>5 года включительно</t>
+  </si>
+  <si>
+    <t>Автобус, 
+Большой класс, 
+Экологический класс – Евро-3, Евро-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Автобус, 
+Большой класс, 
+Средний класс, 
+Малый класс категории М3,
+Экологический класс – Евро-3, Евро-4
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">с 13.02.2026 изменение маршрута (Приказ ДТ от 03.02.2026 № 0006-од)
+с 01.06.2025 изменение маршрута (Приказ ДТ от 26.03.2025 № 0005-од)
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Большой класс – 2
+Средний класс – 1
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. Северное кладбище 
+2. Почтовое отделение № 900
+3. Завод «Искра»                           
+4. Ул. Чекалина                                
+5. Ул. Магистральная                  
+6. Пер. 1-ый Магистральный                              
+7. Библиотека им. М. Горького                              
+8. Ул. Купинская
+9. Пос. Гвардейский
+10. Ул. Купинская                
+11. Библиотека им. М. Горького 
+12. Г. Заволокина                           
+13. Лесная  
+14. Пос. Клюквенный                                       
+15. Станция «Иня-Восточная»                                   
+16. Ул. Кайтымовская                                
+17. Ул. Тайгинская                     
+18. Снегири ж/м                         
+19. Ул. Рассветная                   
+20. Торговый центр                
+21. Поликлиника № 29                    
+22. Ул. Тюленина 
+23. Ледовая арена
+24. Ул. Свечникова 
+25. Школа № 211
+26. Спортивный комплекс
+27. ЖК «Северная корона
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. ЖК «Северная корона»
+2. Спортивный комплекс
+3. Школа № 211
+4. Ул. Свечникова 
+5. Ледовая арена
+6. Ул. Тюленина 
+7. Торговый центр                
+8. Ул. Рассветная                  
+9. Снегири ж/м                 
+10. Ул. Тайгинская                     
+11. Ул. Кайтымовская                         
+12. Станция «Иня-Восточная» 
+13. Пос. Клюквенный                            
+14. Лесная                                 
+15. Г. Заволокина                    
+16. Библиотека им. М. Горького   
+17. Ул. Купинская
+18. Пос. Гвардейский
+19. Ул. Купинская
+20. Библиотека им. М. Горького   
+21. Пер. 1-ый Магистральный                             
+22. Ул. Магистральная             
+23. Ул. Чекалина                       
+24. Завод «Искра»    
+25. Почтовое отделение № 900
+26. Северное кладбище
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">дор. от Северного кладбища,                  
+ул. Новоуральская,                   
+ул. Магистральная, 
+ул. Солидарности,
+о.п. «Пос. Гвардейский»,
+ул. Солидарности,
+ул. Магистральная,                 
+Пашинское ш.,                 
+ул. Тайгинская,  
+ул. Переездная,
+ул. Подневича,
+ул. Переездная,
+ул. Тайгинская,
+ул. Рассветная, 
+ул. Курчатова, 
+ул. Мясниковой, 
+ул. Тюленина, 
+Красный пр-кт,
+(п.м.о. «ЖК «Северная корона»)
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(п.м.о. «ЖК «Северная корона»), 
+Красный пр-кт,
+ул. Тюленина,
+ул. Мясниковой,
+ул. Курчатова, 
+ул. Рассветная, 
+ул. Тайгинская,  
+ул. Переездная, 
+ул. Подневича,
+ул. Переездная,
+ул. Тайгинская,
+Пашинское ш.,                 
+ул. Магистральная, 
+ул. Солидарности,
+о.п. «Пос. Гвардейский»,
+ул. Солидарности,
+ул. Магистральная,                  
+ул. Чекалина, 
+ул. Новоуральская,
+дор. до Северного кладбища
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">с 13.02.2026 изменение маршрута (Приказ ДТ от 30.01.2026 № 0004-од),              
+с 14.11.2025 изменение маршрута (Приказ ДТ от 13.11.2025 № 0093-од),
+с 01.06.2025 изменение маршрута (Приказ ДТ от 26.03.2025 № 0005-од),               
+с 01.04.2025 изменение маршрута (Приказ ДТ от 25.03.2025 № 0003-од)              
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. Белые росы
+2. Ул. Федора Горячева
+3. Ул. 2-я Прокопьевская                
+4. Малое Кривощеково
+5. Ул. Бирюсинка
+6. Ул. Союзная 
+7. Ул. Пионерская 
+8. Ул. Прокопьевская 
+9. Чемская 
+10. Северо-Чемской ж/м
+11. Ул. Комсомольская 
+12. Ул. Сержанта Коротаева 
+13. Ул. Оловозаводская
+14. Ул. Обогатительная 
+15. Ул. Аникина                              
+16. Оловозавод 
+17. Поликлиника № 21
+18. Строительная 
+19. Ул. Мира 
+20. Пл. Сибиряков-Гвардейцев
+21. Из-во «Советская Сибирь»
+22. Гвардейская
+23. Пл. им. Карла Маркса
+24. М. «Площадь Маркса»
+25. Телецентр
+26. Пл. им. Станиславского
+27. Монумент Славы                                        
+28. ПКиО им. Кирова
+29. ГПТУ-50
+30. Вокзал «Новосибирск-Западный»
+31. Ул. Пархоменко 
+32. Ул. Озерная 
+33. Троллейный ж/м 
+34. Ул. Новосибирская 
+35. Ул. Широкая 
+36. Ул. Дюканова 
+37. Ул. Невельского 
+38. Школа № 90
+39. Ул. Филатова 
+40. Ул. Халтурина 
+41. Ул. Колхидская 
+42. ДК завода «Сибтекстильмаш»
+43. Западный ж/м
+44. Ул. Холмистая
+45. Футбольная                         
+46. Ул. Порт-Артурская        
+47. Микрорайон «Чистая Слобода»
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. Микрорайон «Чистая Слобода»
+2. Ул. Порт-Артурская                   
+3. Футбольная                                     
+4. Западный ж/м
+5. ДК завода «Сибтекстильмаш»
+6. Ул. Колхидская 
+7. Ул. Фасадная
+8. Ул. Халтурина 
+9. Ул. Филатова 
+10. Школа № 90
+11. Ул. Невельского 
+12. Ул. Дюканова 
+13. Ул. Широкая 
+14. Ул. Новосибирская 
+15. Троллейный ж/м 
+16. Ул. Озерная 
+17. Ул. Пархоменко 
+18. Ленинский ЗАГС
+19. Вокзал «Новосибирск-Западный»
+20. Пл. Труда
+21. ПКиО им. Кирова
+22. Монумент Славы                    
+23. Пл. им. Станиславского
+24. Телецентр
+25. М. «Площадь Маркса»
+26. Ул. Вертковская 
+27. Из-во «Советская Сибирь»
+28. Пл. Сибиряков-Гвардейцев
+29. Ул. Мира 
+30. Строительная 
+31. Поликлиника № 21
+32. Оловозавод 
+33. Ул. Аникина                              
+34. Ул. Обогатительная
+35. Ул. Оловозаводская
+36. Ул. Сержанта Коротаева 
+37. Ул. Комсомольская 
+38. Северо-Чемской ж/м
+39. Чемская 
+40. Ул. Пионерская 
+41. Ул. Союзная 
+42. Ул. Бирюсинка
+43. Малое Кривощеково
+44. Ул. 2-я Прокопьевская
+45. Ул. Федора Горячева           
+46. Белые росы
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">с 26.02.2026 изменение маршрута (Приказ ДТ от 19.02.2026 № 0013-од)
+с 01.06.2025 изменение маршрута (Приказ ДТ от 26.03.2025 № 0005-од)
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. Ул. Таврическая
+2. Ул. Березовская
+3. Ул. Смежная 
+4. Ул. Механизаторов 
+5. Ул. Бердышева
+6. Стоматологическая поликлиника № 8
+7. ДК «Приморский» 
+8. Баня № 22                 
+9. Кафе «Жемчужина» 
+10. С. Огурцово
+11. Пос. Мичуринский
+12. Сергиево-Казанский храм
+13. Лицей
+14. Больница
+15. Армада                           
+16. Ул. Восточная
+17. Ул. Федора Горячева
+18. Ул. 2-я Прокопьевская
+19. Малое Кривощеково
+20. Ул. Бирюсинка
+21. Ул. Союзная
+22. Ул. Пионерская
+23. Ул. Прокопьевская 
+24. Чемская 
+25. Северо-Чемской ж/м
+26. Ул. Комсомольская 
+27. Ул. Балканская
+28. Ул. Тюменская
+29. Оловозавод 
+30. СТЦ «Мега»
+31. Разъезд Бугринский
+32. Лыжная база
+33. Тульский мост
+34. Ул. Немировича-Данченко 
+35. Колледж автосервиса и дорожного хозяйства
+36. ГУМ
+37. Башня 
+38. М. «Студенческая»
+39. Ул. Лыщинского 
+40. Центральный корпус
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. Центральный корпус
+2. Ул. Немировича-Данченко 
+3. Ул. Немировича-Данченко
+4. Тульский мост
+5. Лыжная база
+6. Разъезд Бугринский
+7. СТЦ «Мега»
+8. Оловозавод 
+9. Ул. Брюллова
+10. Промышленная
+11. Ул. Балканская
+12. Ул. Комсомольская 
+13. Северо-Чемской ж/м
+14. Чемская
+15. Ул. Пионерская
+16. Ул. Союзная
+17. Ул. Бирюсинка
+18. Малое Кривощеково
+19. Ул. 2-я Прокопьевская
+20. Ул. Федора Горячева
+21. Ул. Восточная
+22. Армада
+23. Больница
+24. Лицей
+25. Сергиево-Казанский храм
+26. Пос. Мичуринский
+27. С. Огурцово
+28. Кафе «Жемчужина»
+29. Баня № 22
+30. ДК «Приморский»     
+31. Стоматологическая поликлиника № 8       
+32. Ул. Бердышева 
+33. Ул. Механизаторов 
+34. Ул. Смежная 
+35. Ул. Березовская
+36. Ул. Таврическая
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">с 26.02.2026 изменение маршрута (Приказ ДТ от 19.02.2026 № 0013-од)
+с 14.11.2025 изменение маршрута (Приказ ДТ от 05.11.2025 № 0089-од)
+с 01.06.2025 изменение маршрута (Приказ ДТ от 26.03.2025 № 0005-од)
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. Радиостанция № 5
+2. МРЭУ ГИБДД
+3. Ул. Палласа
+4. Ул. Виктора Уса
+5. Акатуйский ж/м
+6. ЭЛСИБ
+7. Индустриальная
+8. ТГ «Левобережный»
+9. Пл. Сибиряков-Гвардейцев
+10. Из-во «Советская Сибирь»
+11. Гвардейская
+12. Ул. Покрышкина
+13. М. «Площадь Маркса» (ул. Покрышкина)
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. М. «Площадь Маркса» (ул. Покрышкина)
+2. Ул. Покрышкина
+3. Ул. Вертковская
+4. Из-во «Советская Сибирь»
+5. Пл. Сибиряков-Гвардейцев
+6. ТГ «Левобережный»
+7. Индустриальная
+8. ЭЛСИБ
+9. Акатуйский ж/м
+10. Ул. Виктора Уса
+11. Ул. Палласа
+12. МРЭУ ГИБДД
+13. Радиостанция № 5
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ул. Бородина,
+ул. Петухова,
+ул. Виктора Уса,
+о.п. «Акатуйский ж/м»,
+ул. Виктора Уса,
+ул. Петухова,
+пл. им. Кирова,
+ул. Сибиряков-Гвардейцев,
+пл. Сибиряков-Гвардейцев,
+ул. Сибиряков-Гвардейцев,
+ул. Покрышкина (без отстоя)
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">с 04.03.2026 изменение маршрута (Приказ ДТ от 26.02.2026 № 0016-од), 
+с 01.06.2025 изменение маршрута (Приказ ДТ от 26.03.2025 № 0005-од), 
+с 29.01.2025 изменение маршрута (Приказ ДТиДБК от 27.01.2025 № 0022-од)
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. Ул. Александра Анцупова 
+2. Ул. Ивана Салащенко 
+3. Ул. Полякова 
+4. Каменское шоссе 
+5. Сады 
+6. Золотая горка 
+7. Ул. Седова 
+8. Ул. Ползунова 
+9. Сад им. Дзержинского 
+10. Ул. Волочаевская 
+11. ДК им. Чкалова 
+12. Гипроуголь 
+13. Дом одежды 
+14. Сквер «Авиаконструктора Антонова» 
+15. Библиотека им. Островского 
+16. Ул. О. Дундича 
+17. Ул. Учительская 
+18. Ул. 25 лет Октября 
+19. ДК им. Горького 
+20. Стадион «Сибирь» 
+21. Универмаг «Калининский» 
+22. Городская больница 
+23. Университет путей сообщения 
+24. Магазин «Чемпион» 
+25. Магазин «Уют» 
+26. Ул. Плановая 
+27. Ул. Холодильная 
+28. ДК им. Кирова 
+29. Ул. Ногина 
+30. Железнодорожная больница 
+31. Владимировский спуск 
+32. Туннельный спуск
+33. Чернышевский спуск 
+34. Ул. Фабричная 
+35. Рембыттехника 
+36. Сибирский мукомол 
+37. Речпорт
+38. Парк «Городское начало»
+39. М. «Речной вокзал» 
+40. ДК им. Попова 
+41. Ул. Никитина 
+42. Ул. Тургенева 
+43. Ул. К. Либкнехта 
+44. Сквер Героев Донбасса 
+45. Ул. Панфиловцев 
+46. НГАУ 
+47. Сад Мичуринцев 
+48. Ул. Куприна
+49. Ул. Карбышева
+50. Гусинобродское шоссе
+51. СНТ «Весна Сибири»
+52. Гусинобродское кладбище 
+53. Ул. Зеленодолинская 
+54. Ул. Александра Анцупова
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. Ул. Александра Анцупова
+2. Ул. Зеленодолинская 
+3. Гусинобродское кладбище 
+4. СНТ «Весна Сибири» 
+5. Новосибирский автовокзал-Главный
+6. Гусинобродское шоссе
+7. Ул. Карбышева
+8. Ул. Толбухина
+9. Волочаевский ж/м 
+10. Ул. Куприна 
+11. Сад Мичуринцев 
+12. НГАУ 
+13. Ул. Панфиловцев 
+14. Сквер Героев Донбасса 
+15. Ул. К. Либкнехта 
+16. Ул. Тургенева 
+17. Ул. Никитина 
+18. ДК им. Попова 
+19. Ул. Обская 
+20. М. «Речной вокзал» 
+21. Речпорт 
+22. Сибирский мукомол 
+23. Рембыттехника 
+24. Чернышевский спуск 
+25. Туннельный спуск
+26. Владимировский спуск 
+27. Железнодорожная больница 
+28. Ул. Ногина
+29. ДК им. Кирова 
+30. Ул. Холодильная 
+31. Ул. Плановая 
+32. Магазин «Уют» 
+33. Магазин «Чемпион» 
+34. Пл. им. Калинина 
+35. Университет путей сообщения 
+36. Городская больница 
+37. Универмаг «Калининский» 
+38. Стадион «Сибирь» 
+39. ДК им. Горького
+40. Ул. 25 лет Октября 
+41. Ул. Учительская 
+42. Ул. О. Дундича 
+43. Библиотека им. Островского
+44. Сквер «Авиаконструктора Антонова» 
+45. Дом одежды 
+46. Гипроуголь 
+47. Ул. Волочаевская 
+48. Сад им. Дзержинского 
+49. Ул. Ползунова 
+50. Ул. Седова 
+51. Золотая горка
+52. Сады 
+53. Каменское шоссе 
+54. Ул. Полякова 
+55. Ул. Ивана Салащенко 
+56. Ул. Александра Анцупова
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(п.м.о. «Ул. Александра Анцупова»), 
+Каменское ш., 
+пр-кт Дзержинского, 
+ул. Трикотажная, 
+ул. Авиастроителей, 
+ул. Учительская, 
+ул. Богдана Хмельницкого, 
+ул. Дуси Ковальчук, 
+пл. им. Калинина, 
+ул. Дуси Ковальчук, 
+ул. Владимировская, 
+ул. Фабричная, 
+пл. Инженера Будагова, 
+ул. Большевистская,
+ул. Восход,
+ул. Зыряновская, 
+ул. Добролюбова, 
+ул. Кирова, 
+ул. Никитина, 
+Гусинобродское ш.,
+ул. Гусинобродский Тракт, 
+о.п. «Ул. Зеленодолинская», 
+ул. Гусинобродский Тракт, 
+(п.м.о. «Ул. Александра Анцупова»)
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(п.м.о. «Ул. Александра Анцупова»), 
+ул. Гусинобродский Тракт, 
+о.п. «Ул. Зеленодолинская», 
+ул. Гусинобродский Тракт,
+Гусинобродское ш., 
+ул. Никитина, 
+ул. Кирова, 
+ул. Добролюбова, 
+ул. Большевистская, 
+пл. Инженера Будагова,
+ул. Фабричная, 
+ул. Владимировская,
+ул. Дуси Ковальчук, 
+пл. им. Калинина, 
+ул. Дуси Ковальчук, 
+ул. Богдана Хмельницкого, 
+ул. Учительская, 
+ул. Авиастроителей, 
+ул. Трикотажная, 
+пр-кт Дзержинского, 
+Каменское ш., 
+(п.м.о. «Ул. Александра Анцупова»)
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">с 04.03.2026 изменение маршрута (Приказ ДТ от 26.02.2026 № 0015-од),   
+с 01.12.2025 изменение маршрута (Приказ ДТ от 24.11.2025 № 0097-од),   
+с 06.10.2025 изменение маршрута (Приказ ДТ от 29.09.2025 № 0075-од),   
+с 01.06.2025 изменение маршрута (Приказ ДТ от 26.03.2025 № 0005-од),  
+ с 18.03.2025 изменение маршрута (Приказ ДТиДБК от 05.03.2025 № 0053-од)
+</t>
+  </si>
+  <si>
+    <t>Автобус, 
+Малый класс категории М2, 
+Экологический класс – Евро- 4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="21">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
@@ -13229,51 +13235,51 @@
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="621">
+  <cellXfs count="632">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
@@ -14147,53 +14153,50 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="16" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="16" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -14221,91 +14224,82 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="6" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="16" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="16" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
@@ -14432,672 +14426,717 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="6" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="7" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="7" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="7" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="7" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="16" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="16" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="16" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="16" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="16" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="16" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="7" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="7" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
-    </xf>
-[...28 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="9" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="9" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="16" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="16" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-    </xf>
-[...525 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -15390,13902 +15429,13887 @@
     <col min="1" max="1" width="5.28515625" style="36" customWidth="1"/>
     <col min="2" max="2" width="16.5703125" style="32" customWidth="1"/>
     <col min="3" max="3" width="11.5703125" customWidth="1"/>
     <col min="4" max="4" width="24.42578125" customWidth="1"/>
     <col min="5" max="5" width="20.140625" style="40" customWidth="1"/>
     <col min="6" max="6" width="19.85546875" style="40" customWidth="1"/>
     <col min="7" max="7" width="20.5703125" style="40" customWidth="1"/>
     <col min="8" max="8" width="18.7109375" style="40" customWidth="1"/>
     <col min="9" max="9" width="8.7109375" style="40" customWidth="1"/>
     <col min="10" max="11" width="12.5703125" style="40" customWidth="1"/>
     <col min="12" max="12" width="9.5703125" customWidth="1"/>
     <col min="13" max="13" width="11.5703125" customWidth="1"/>
     <col min="14" max="14" width="13.28515625" customWidth="1"/>
     <col min="15" max="15" width="28.85546875" style="178" customWidth="1"/>
     <col min="16" max="16" width="23.5703125" style="40" customWidth="1"/>
     <col min="17" max="18" width="21.85546875" customWidth="1"/>
     <col min="19" max="19" width="17.140625" customWidth="1"/>
     <col min="20" max="20" width="20.85546875" style="32" customWidth="1"/>
     <col min="21" max="21" width="15.140625" style="48" customWidth="1"/>
     <col min="22" max="22" width="19.42578125" style="217" customWidth="1"/>
     <col min="23" max="24" width="16.5703125" style="48" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25">
-      <c r="A1" s="522" t="s">
+      <c r="A1" s="600" t="s">
         <v>20</v>
       </c>
-      <c r="B1" s="522"/>
-[...22 lines deleted...]
-      <c r="Y1" s="522"/>
+      <c r="B1" s="600"/>
+      <c r="C1" s="600"/>
+      <c r="D1" s="600"/>
+      <c r="E1" s="600"/>
+      <c r="F1" s="600"/>
+      <c r="G1" s="600"/>
+      <c r="H1" s="600"/>
+      <c r="I1" s="600"/>
+      <c r="J1" s="600"/>
+      <c r="K1" s="600"/>
+      <c r="L1" s="600"/>
+      <c r="M1" s="600"/>
+      <c r="N1" s="600"/>
+      <c r="O1" s="600"/>
+      <c r="P1" s="600"/>
+      <c r="Q1" s="600"/>
+      <c r="R1" s="600"/>
+      <c r="S1" s="600"/>
+      <c r="T1" s="600"/>
+      <c r="U1" s="600"/>
+      <c r="V1" s="600"/>
+      <c r="W1" s="600"/>
+      <c r="X1" s="600"/>
+      <c r="Y1" s="600"/>
     </row>
     <row r="2" spans="1:25">
       <c r="A2" s="2"/>
       <c r="B2" s="30"/>
       <c r="C2" s="29"/>
       <c r="D2" s="5"/>
       <c r="E2" s="39" t="s">
         <v>154</v>
       </c>
       <c r="F2" s="39"/>
       <c r="G2" s="39"/>
       <c r="H2" s="39"/>
       <c r="I2" s="39"/>
       <c r="J2" s="39"/>
       <c r="K2" s="39"/>
       <c r="L2" s="3"/>
       <c r="M2" s="3"/>
       <c r="N2" s="3"/>
       <c r="O2" s="39"/>
       <c r="P2" s="174"/>
       <c r="Q2" s="3"/>
       <c r="R2" s="3"/>
       <c r="S2" s="3"/>
       <c r="T2" s="13"/>
       <c r="U2" s="3"/>
       <c r="V2" s="214"/>
       <c r="W2" s="3"/>
       <c r="X2" s="3"/>
       <c r="Y2" s="28"/>
     </row>
     <row r="3" spans="1:25" ht="50.25" customHeight="1">
-      <c r="A3" s="523" t="s">
+      <c r="A3" s="601" t="s">
         <v>4</v>
       </c>
-      <c r="B3" s="523" t="s">
+      <c r="B3" s="601" t="s">
+        <v>286</v>
+      </c>
+      <c r="C3" s="519" t="s">
+        <v>287</v>
+      </c>
+      <c r="D3" s="519" t="s">
+        <v>288</v>
+      </c>
+      <c r="E3" s="519" t="s">
         <v>289</v>
       </c>
-      <c r="C3" s="495" t="s">
+      <c r="F3" s="603" t="s">
+        <v>147</v>
+      </c>
+      <c r="G3" s="519" t="s">
+        <v>16</v>
+      </c>
+      <c r="H3" s="603" t="s">
+        <v>17</v>
+      </c>
+      <c r="I3" s="523" t="s">
         <v>290</v>
       </c>
-      <c r="D3" s="495" t="s">
+      <c r="J3" s="524"/>
+      <c r="K3" s="524"/>
+      <c r="L3" s="525"/>
+      <c r="M3" s="519" t="s">
+        <v>0</v>
+      </c>
+      <c r="N3" s="519" t="s">
+        <v>1</v>
+      </c>
+      <c r="O3" s="521" t="s">
+        <v>386</v>
+      </c>
+      <c r="P3" s="519" t="s">
+        <v>367</v>
+      </c>
+      <c r="Q3" s="519" t="s">
         <v>291</v>
       </c>
-      <c r="E3" s="495" t="s">
-[...38 lines deleted...]
-      <c r="T3" s="501" t="s">
+      <c r="R3" s="519" t="s">
+        <v>285</v>
+      </c>
+      <c r="S3" s="519" t="s">
+        <v>284</v>
+      </c>
+      <c r="T3" s="618" t="s">
         <v>237</v>
       </c>
-      <c r="U3" s="532" t="s">
-[...7 lines deleted...]
-      <c r="Y3" s="523" t="s">
+      <c r="U3" s="608" t="s">
+        <v>280</v>
+      </c>
+      <c r="V3" s="605" t="s">
+        <v>356</v>
+      </c>
+      <c r="W3" s="606"/>
+      <c r="X3" s="607"/>
+      <c r="Y3" s="601" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:25" ht="164.25" customHeight="1">
-      <c r="A4" s="524"/>
-[...6 lines deleted...]
-      <c r="H4" s="526"/>
+      <c r="A4" s="602"/>
+      <c r="B4" s="602"/>
+      <c r="C4" s="520"/>
+      <c r="D4" s="520"/>
+      <c r="E4" s="520"/>
+      <c r="F4" s="604"/>
+      <c r="G4" s="520"/>
+      <c r="H4" s="604"/>
       <c r="I4" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="J4" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="K4" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="L4" s="1" t="s">
         <v>308</v>
       </c>
-      <c r="J4" s="1" t="s">
-[...16 lines deleted...]
-      <c r="U4" s="533"/>
+      <c r="M4" s="520"/>
+      <c r="N4" s="520"/>
+      <c r="O4" s="522"/>
+      <c r="P4" s="520"/>
+      <c r="Q4" s="568"/>
+      <c r="R4" s="520"/>
+      <c r="S4" s="520"/>
+      <c r="T4" s="619"/>
+      <c r="U4" s="609"/>
       <c r="V4" s="215" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="W4" s="160" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="X4" s="160" t="s">
-        <v>359</v>
-[...1 lines deleted...]
-      <c r="Y4" s="524"/>
+        <v>355</v>
+      </c>
+      <c r="Y4" s="602"/>
     </row>
     <row r="5" spans="1:25" ht="15" customHeight="1">
-      <c r="A5" s="504" t="s">
+      <c r="A5" s="620" t="s">
         <v>5</v>
       </c>
-      <c r="B5" s="505"/>
-[...22 lines deleted...]
-      <c r="Y5" s="506"/>
+      <c r="B5" s="621"/>
+      <c r="C5" s="621"/>
+      <c r="D5" s="621"/>
+      <c r="E5" s="621"/>
+      <c r="F5" s="621"/>
+      <c r="G5" s="621"/>
+      <c r="H5" s="621"/>
+      <c r="I5" s="621"/>
+      <c r="J5" s="621"/>
+      <c r="K5" s="621"/>
+      <c r="L5" s="621"/>
+      <c r="M5" s="621"/>
+      <c r="N5" s="621"/>
+      <c r="O5" s="621"/>
+      <c r="P5" s="621"/>
+      <c r="Q5" s="621"/>
+      <c r="R5" s="621"/>
+      <c r="S5" s="621"/>
+      <c r="T5" s="621"/>
+      <c r="U5" s="621"/>
+      <c r="V5" s="621"/>
+      <c r="W5" s="621"/>
+      <c r="X5" s="621"/>
+      <c r="Y5" s="622"/>
     </row>
     <row r="6" spans="1:25" s="38" customFormat="1" ht="190.5" customHeight="1">
       <c r="A6" s="10">
         <v>1</v>
       </c>
       <c r="B6" s="310" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="301">
         <v>2</v>
       </c>
       <c r="D6" s="308" t="s">
         <v>123</v>
       </c>
-      <c r="E6" s="394" t="s">
-[...9 lines deleted...]
-        <v>612</v>
+      <c r="E6" s="390" t="s">
+        <v>444</v>
+      </c>
+      <c r="F6" s="390" t="s">
+        <v>445</v>
+      </c>
+      <c r="G6" s="390" t="s">
+        <v>605</v>
+      </c>
+      <c r="H6" s="333" t="s">
+        <v>604</v>
       </c>
       <c r="I6" s="305">
         <f>J6+K6</f>
         <v>15.6</v>
       </c>
       <c r="J6" s="305">
         <v>7.83</v>
       </c>
       <c r="K6" s="305">
         <v>7.77</v>
       </c>
       <c r="L6" s="305">
         <v>7.8</v>
       </c>
       <c r="M6" s="300" t="s">
         <v>3</v>
       </c>
       <c r="N6" s="306" t="s">
         <v>126</v>
       </c>
       <c r="O6" s="302" t="s">
-        <v>771</v>
+        <v>761</v>
       </c>
       <c r="P6" s="175" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="Q6" s="306" t="s">
         <v>222</v>
       </c>
       <c r="R6" s="306" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S6" s="11">
         <v>45992</v>
       </c>
       <c r="T6" s="307" t="s">
         <v>244</v>
       </c>
       <c r="U6" s="11">
         <v>46234</v>
       </c>
       <c r="V6" s="311" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="W6" s="11"/>
       <c r="X6" s="11"/>
       <c r="Y6" s="308"/>
     </row>
     <row r="7" spans="1:25" s="38" customFormat="1" ht="186" customHeight="1">
-      <c r="A7" s="484">
+      <c r="A7" s="494">
         <v>2</v>
       </c>
-      <c r="B7" s="493" t="s">
+      <c r="B7" s="598" t="s">
         <v>22</v>
       </c>
-      <c r="C7" s="458">
+      <c r="C7" s="498">
         <v>4</v>
       </c>
-      <c r="D7" s="460" t="s">
+      <c r="D7" s="500" t="s">
         <v>235</v>
       </c>
-      <c r="E7" s="428" t="s">
-[...8 lines deleted...]
-      <c r="H7" s="527" t="s">
+      <c r="E7" s="445" t="s">
+        <v>471</v>
+      </c>
+      <c r="F7" s="445" t="s">
+        <v>472</v>
+      </c>
+      <c r="G7" s="445" t="s">
+        <v>491</v>
+      </c>
+      <c r="H7" s="502" t="s">
         <v>18</v>
       </c>
-      <c r="I7" s="455">
+      <c r="I7" s="526">
         <f t="shared" ref="I7:I20" si="0">J7+K7</f>
         <v>36.1</v>
       </c>
-      <c r="J7" s="455">
+      <c r="J7" s="526">
         <v>18.5</v>
       </c>
-      <c r="K7" s="455" t="s">
-[...2 lines deleted...]
-      <c r="L7" s="455">
+      <c r="K7" s="526" t="s">
+        <v>309</v>
+      </c>
+      <c r="L7" s="526">
         <f>I7/2</f>
         <v>18.05</v>
       </c>
-      <c r="M7" s="453" t="s">
+      <c r="M7" s="447" t="s">
         <v>3</v>
       </c>
-      <c r="N7" s="453" t="s">
+      <c r="N7" s="447" t="s">
         <v>126</v>
       </c>
-      <c r="O7" s="428" t="s">
-[...5 lines deleted...]
-      <c r="Q7" s="453" t="s">
+      <c r="O7" s="445" t="s">
+        <v>761</v>
+      </c>
+      <c r="P7" s="487" t="s">
+        <v>369</v>
+      </c>
+      <c r="Q7" s="447" t="s">
         <v>223</v>
       </c>
-      <c r="R7" s="453" t="s">
-[...2 lines deleted...]
-      <c r="S7" s="500">
+      <c r="R7" s="447" t="s">
+        <v>294</v>
+      </c>
+      <c r="S7" s="479">
         <v>45992</v>
       </c>
-      <c r="T7" s="432" t="s">
+      <c r="T7" s="481" t="s">
         <v>244</v>
       </c>
-      <c r="U7" s="500">
+      <c r="U7" s="479">
         <v>46234</v>
       </c>
-      <c r="V7" s="430" t="s">
-[...4 lines deleted...]
-      <c r="Y7" s="458"/>
+      <c r="V7" s="432" t="s">
+        <v>943</v>
+      </c>
+      <c r="W7" s="479"/>
+      <c r="X7" s="479"/>
+      <c r="Y7" s="498"/>
     </row>
     <row r="8" spans="1:25" s="38" customFormat="1" ht="241.5" customHeight="1">
-      <c r="A8" s="485"/>
-[...23 lines deleted...]
-      <c r="Y8" s="459"/>
+      <c r="A8" s="495"/>
+      <c r="B8" s="599"/>
+      <c r="C8" s="499"/>
+      <c r="D8" s="501"/>
+      <c r="E8" s="446"/>
+      <c r="F8" s="446"/>
+      <c r="G8" s="446"/>
+      <c r="H8" s="503"/>
+      <c r="I8" s="527"/>
+      <c r="J8" s="527"/>
+      <c r="K8" s="527"/>
+      <c r="L8" s="527"/>
+      <c r="M8" s="448"/>
+      <c r="N8" s="448"/>
+      <c r="O8" s="446"/>
+      <c r="P8" s="489"/>
+      <c r="Q8" s="448"/>
+      <c r="R8" s="448"/>
+      <c r="S8" s="480"/>
+      <c r="T8" s="482"/>
+      <c r="U8" s="448"/>
+      <c r="V8" s="433"/>
+      <c r="W8" s="480"/>
+      <c r="X8" s="480"/>
+      <c r="Y8" s="499"/>
     </row>
     <row r="9" spans="1:25" s="38" customFormat="1" ht="218.25" customHeight="1">
-      <c r="A9" s="484">
+      <c r="A9" s="494">
         <v>3</v>
       </c>
-      <c r="B9" s="493" t="s">
+      <c r="B9" s="598" t="s">
         <v>23</v>
       </c>
-      <c r="C9" s="458">
+      <c r="C9" s="498">
         <v>5</v>
       </c>
-      <c r="D9" s="460" t="s">
-[...14 lines deleted...]
-      <c r="I9" s="455">
+      <c r="D9" s="500" t="s">
+        <v>764</v>
+      </c>
+      <c r="E9" s="445" t="s">
+        <v>446</v>
+      </c>
+      <c r="F9" s="445" t="s">
+        <v>447</v>
+      </c>
+      <c r="G9" s="445" t="s">
+        <v>469</v>
+      </c>
+      <c r="H9" s="445" t="s">
+        <v>470</v>
+      </c>
+      <c r="I9" s="526">
         <f t="shared" si="0"/>
         <v>37.6</v>
       </c>
-      <c r="J9" s="455">
+      <c r="J9" s="526">
         <v>18.600000000000001</v>
       </c>
-      <c r="K9" s="455">
+      <c r="K9" s="526">
         <v>19</v>
       </c>
-      <c r="L9" s="455">
+      <c r="L9" s="526">
         <v>18.8</v>
       </c>
-      <c r="M9" s="453" t="s">
+      <c r="M9" s="447" t="s">
         <v>3</v>
       </c>
-      <c r="N9" s="453" t="s">
+      <c r="N9" s="447" t="s">
         <v>126</v>
       </c>
-      <c r="O9" s="428" t="s">
-[...5 lines deleted...]
-      <c r="Q9" s="453" t="s">
+      <c r="O9" s="445" t="s">
+        <v>761</v>
+      </c>
+      <c r="P9" s="487" t="s">
+        <v>370</v>
+      </c>
+      <c r="Q9" s="447" t="s">
         <v>223</v>
       </c>
-      <c r="R9" s="453" t="s">
-[...2 lines deleted...]
-      <c r="S9" s="500">
+      <c r="R9" s="447" t="s">
+        <v>294</v>
+      </c>
+      <c r="S9" s="479">
         <v>45992</v>
       </c>
-      <c r="T9" s="432" t="s">
+      <c r="T9" s="481" t="s">
         <v>245</v>
       </c>
-      <c r="U9" s="500">
+      <c r="U9" s="479">
         <v>46234</v>
       </c>
-      <c r="V9" s="430" t="s">
-[...4 lines deleted...]
-      <c r="Y9" s="458"/>
+      <c r="V9" s="432" t="s">
+        <v>946</v>
+      </c>
+      <c r="W9" s="479"/>
+      <c r="X9" s="479"/>
+      <c r="Y9" s="498"/>
     </row>
     <row r="10" spans="1:25" s="38" customFormat="1" ht="259.5" customHeight="1">
-      <c r="A10" s="485"/>
-[...23 lines deleted...]
-      <c r="Y10" s="459"/>
+      <c r="A10" s="495"/>
+      <c r="B10" s="599"/>
+      <c r="C10" s="499"/>
+      <c r="D10" s="501"/>
+      <c r="E10" s="446"/>
+      <c r="F10" s="446"/>
+      <c r="G10" s="446"/>
+      <c r="H10" s="446"/>
+      <c r="I10" s="527"/>
+      <c r="J10" s="527"/>
+      <c r="K10" s="527"/>
+      <c r="L10" s="527"/>
+      <c r="M10" s="448"/>
+      <c r="N10" s="448"/>
+      <c r="O10" s="446"/>
+      <c r="P10" s="489"/>
+      <c r="Q10" s="448"/>
+      <c r="R10" s="448"/>
+      <c r="S10" s="480"/>
+      <c r="T10" s="482"/>
+      <c r="U10" s="448"/>
+      <c r="V10" s="433"/>
+      <c r="W10" s="480"/>
+      <c r="X10" s="480"/>
+      <c r="Y10" s="499"/>
     </row>
     <row r="11" spans="1:25" s="38" customFormat="1" ht="392.25" customHeight="1">
       <c r="A11" s="10">
         <v>4</v>
       </c>
       <c r="B11" s="31" t="s">
         <v>24</v>
       </c>
       <c r="C11" s="90">
         <v>7</v>
       </c>
       <c r="D11" s="91" t="s">
         <v>228</v>
       </c>
-      <c r="E11" s="335" t="s">
-[...6 lines deleted...]
-        <v>614</v>
+      <c r="E11" s="334" t="s">
+        <v>473</v>
+      </c>
+      <c r="F11" s="334" t="s">
+        <v>474</v>
+      </c>
+      <c r="G11" s="334" t="s">
+        <v>606</v>
       </c>
       <c r="H11" s="45" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="113">
         <f t="shared" si="0"/>
         <v>33.64</v>
       </c>
       <c r="J11" s="113">
         <v>16.82</v>
       </c>
       <c r="K11" s="113">
         <v>16.82</v>
       </c>
       <c r="L11" s="113">
         <v>16.82</v>
       </c>
       <c r="M11" s="88" t="s">
         <v>3</v>
       </c>
       <c r="N11" s="88" t="s">
         <v>126</v>
       </c>
       <c r="O11" s="207" t="s">
-        <v>771</v>
+        <v>761</v>
       </c>
       <c r="P11" s="175" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="Q11" s="306" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="R11" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S11" s="11">
         <v>45566</v>
       </c>
       <c r="T11" s="89" t="s">
         <v>245</v>
       </c>
       <c r="U11" s="11">
         <v>46660</v>
       </c>
       <c r="V11" s="311" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="W11" s="11"/>
       <c r="X11" s="11"/>
       <c r="Y11" s="91"/>
     </row>
     <row r="12" spans="1:25" s="38" customFormat="1" ht="259.5" customHeight="1">
-      <c r="A12" s="484">
+      <c r="A12" s="494">
         <v>5</v>
       </c>
-      <c r="B12" s="498" t="s">
+      <c r="B12" s="496" t="s">
         <v>25</v>
       </c>
-      <c r="C12" s="458">
+      <c r="C12" s="498">
         <v>8</v>
       </c>
-      <c r="D12" s="460" t="s">
-[...14 lines deleted...]
-      <c r="I12" s="455">
+      <c r="D12" s="500" t="s">
+        <v>360</v>
+      </c>
+      <c r="E12" s="445" t="s">
+        <v>464</v>
+      </c>
+      <c r="F12" s="445" t="s">
+        <v>465</v>
+      </c>
+      <c r="G12" s="445" t="s">
+        <v>607</v>
+      </c>
+      <c r="H12" s="445" t="s">
+        <v>448</v>
+      </c>
+      <c r="I12" s="526">
         <f t="shared" si="0"/>
         <v>48.9</v>
       </c>
-      <c r="J12" s="455">
+      <c r="J12" s="526">
         <v>24.4</v>
       </c>
-      <c r="K12" s="455">
+      <c r="K12" s="526">
         <v>24.5</v>
       </c>
-      <c r="L12" s="455">
+      <c r="L12" s="526">
         <v>24.45</v>
       </c>
-      <c r="M12" s="453" t="s">
+      <c r="M12" s="447" t="s">
         <v>3</v>
       </c>
-      <c r="N12" s="453" t="s">
+      <c r="N12" s="447" t="s">
         <v>126</v>
       </c>
-      <c r="O12" s="428" t="s">
-[...5 lines deleted...]
-      <c r="Q12" s="453" t="s">
+      <c r="O12" s="445" t="s">
+        <v>762</v>
+      </c>
+      <c r="P12" s="487" t="s">
+        <v>372</v>
+      </c>
+      <c r="Q12" s="447" t="s">
         <v>223</v>
       </c>
-      <c r="R12" s="453" t="s">
-[...2 lines deleted...]
-      <c r="S12" s="500">
+      <c r="R12" s="447" t="s">
+        <v>294</v>
+      </c>
+      <c r="S12" s="479">
         <v>45992</v>
       </c>
-      <c r="T12" s="428" t="s">
+      <c r="T12" s="445" t="s">
         <v>245</v>
       </c>
-      <c r="U12" s="500">
+      <c r="U12" s="479">
         <v>46234</v>
       </c>
-      <c r="V12" s="430" t="s">
-[...4 lines deleted...]
-      <c r="Y12" s="458"/>
+      <c r="V12" s="432" t="s">
+        <v>947</v>
+      </c>
+      <c r="W12" s="479"/>
+      <c r="X12" s="479"/>
+      <c r="Y12" s="498"/>
     </row>
     <row r="13" spans="1:25" s="38" customFormat="1" ht="288.75" customHeight="1">
-      <c r="A13" s="485"/>
-[...23 lines deleted...]
-      <c r="Y13" s="459"/>
+      <c r="A13" s="495"/>
+      <c r="B13" s="497"/>
+      <c r="C13" s="499"/>
+      <c r="D13" s="501"/>
+      <c r="E13" s="446"/>
+      <c r="F13" s="446"/>
+      <c r="G13" s="446"/>
+      <c r="H13" s="446"/>
+      <c r="I13" s="527"/>
+      <c r="J13" s="527"/>
+      <c r="K13" s="527"/>
+      <c r="L13" s="527"/>
+      <c r="M13" s="448"/>
+      <c r="N13" s="448"/>
+      <c r="O13" s="446"/>
+      <c r="P13" s="489"/>
+      <c r="Q13" s="448"/>
+      <c r="R13" s="448"/>
+      <c r="S13" s="480"/>
+      <c r="T13" s="446"/>
+      <c r="U13" s="448"/>
+      <c r="V13" s="433"/>
+      <c r="W13" s="480"/>
+      <c r="X13" s="480"/>
+      <c r="Y13" s="499"/>
     </row>
     <row r="14" spans="1:25" s="38" customFormat="1" ht="409.5" customHeight="1">
       <c r="A14" s="10">
         <v>6</v>
       </c>
       <c r="B14" s="98" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="94">
         <v>10</v>
       </c>
       <c r="D14" s="198" t="s">
-        <v>616</v>
-[...2 lines deleted...]
-        <v>453</v>
+        <v>608</v>
+      </c>
+      <c r="E14" s="375" t="s">
+        <v>449</v>
       </c>
       <c r="F14" s="45" t="s">
         <v>18</v>
       </c>
-      <c r="G14" s="334" t="s">
-        <v>775</v>
+      <c r="G14" s="333" t="s">
+        <v>765</v>
       </c>
       <c r="H14" s="14" t="s">
-        <v>776</v>
+        <v>766</v>
       </c>
       <c r="I14" s="113">
         <f t="shared" si="0"/>
         <v>36.519999999999996</v>
       </c>
       <c r="J14" s="106" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="K14" s="106" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="L14" s="101">
         <v>18.260000000000002</v>
       </c>
       <c r="M14" s="76" t="s">
         <v>3</v>
       </c>
       <c r="N14" s="88" t="s">
         <v>126</v>
       </c>
       <c r="O14" s="207" t="s">
-        <v>772</v>
+        <v>762</v>
       </c>
       <c r="P14" s="175" t="s">
-        <v>377</v>
-[...1 lines deleted...]
-      <c r="Q14" s="382" t="s">
+        <v>373</v>
+      </c>
+      <c r="Q14" s="378" t="s">
         <v>223</v>
       </c>
-      <c r="R14" s="382" t="s">
-        <v>297</v>
+      <c r="R14" s="378" t="s">
+        <v>294</v>
       </c>
       <c r="S14" s="11">
         <v>45992</v>
       </c>
       <c r="T14" s="89" t="s">
         <v>245</v>
       </c>
       <c r="U14" s="11">
         <v>46234</v>
       </c>
       <c r="V14" s="311" t="s">
-        <v>973</v>
+        <v>948</v>
       </c>
       <c r="W14" s="11"/>
       <c r="X14" s="11"/>
       <c r="Y14" s="91"/>
     </row>
     <row r="15" spans="1:25" s="38" customFormat="1" ht="291.75" customHeight="1">
       <c r="A15" s="10">
         <v>7</v>
       </c>
       <c r="B15" s="98" t="s">
         <v>27</v>
       </c>
       <c r="C15" s="94">
         <v>13</v>
       </c>
       <c r="D15" s="95" t="s">
         <v>198</v>
       </c>
-      <c r="E15" s="334" t="s">
-        <v>617</v>
+      <c r="E15" s="333" t="s">
+        <v>609</v>
       </c>
       <c r="F15" s="14" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="G15" s="334" t="s">
+        <v>482</v>
+      </c>
+      <c r="G15" s="333" t="s">
         <v>172</v>
       </c>
       <c r="H15" s="45" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="113">
         <f t="shared" si="0"/>
         <v>24.28</v>
       </c>
       <c r="J15" s="106" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="K15" s="106" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="L15" s="101">
         <v>12.14</v>
       </c>
       <c r="M15" s="88" t="s">
         <v>3</v>
       </c>
       <c r="N15" s="88" t="s">
         <v>126</v>
       </c>
       <c r="O15" s="207" t="s">
-        <v>772</v>
+        <v>762</v>
       </c>
       <c r="P15" s="166" t="s">
-        <v>377</v>
-[...1 lines deleted...]
-      <c r="Q15" s="382" t="s">
+        <v>373</v>
+      </c>
+      <c r="Q15" s="378" t="s">
         <v>223</v>
       </c>
-      <c r="R15" s="382" t="s">
-        <v>297</v>
+      <c r="R15" s="378" t="s">
+        <v>294</v>
       </c>
       <c r="S15" s="11">
         <v>45992</v>
       </c>
       <c r="T15" s="89" t="s">
         <v>245</v>
       </c>
       <c r="U15" s="11">
         <v>46234</v>
       </c>
       <c r="V15" s="311" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="W15" s="11"/>
       <c r="X15" s="11"/>
       <c r="Y15" s="91"/>
     </row>
     <row r="16" spans="1:25" s="38" customFormat="1" ht="291.75" customHeight="1">
       <c r="A16" s="274" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="B16" s="275" t="s">
         <v>230</v>
       </c>
       <c r="C16" s="276" t="s">
         <v>231</v>
       </c>
       <c r="D16" s="277" t="s">
-        <v>829</v>
+        <v>816</v>
       </c>
       <c r="E16" s="278" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="F16" s="278" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="G16" s="278" t="s">
         <v>232</v>
       </c>
       <c r="H16" s="278" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="I16" s="279">
         <f t="shared" ref="I16" si="1">J16+K16</f>
         <v>14.24</v>
       </c>
       <c r="J16" s="280">
         <v>7.13</v>
       </c>
       <c r="K16" s="280">
         <v>7.11</v>
       </c>
       <c r="L16" s="280">
         <v>7.12</v>
       </c>
       <c r="M16" s="280" t="s">
         <v>3</v>
       </c>
       <c r="N16" s="280" t="s">
         <v>126</v>
       </c>
       <c r="O16" s="278" t="s">
-        <v>772</v>
+        <v>762</v>
       </c>
       <c r="P16" s="278" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="Q16" s="281"/>
       <c r="R16" s="280"/>
       <c r="S16" s="257"/>
       <c r="T16" s="282"/>
       <c r="U16" s="280"/>
       <c r="V16" s="278" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="W16" s="280"/>
       <c r="X16" s="280"/>
       <c r="Y16" s="283"/>
     </row>
     <row r="17" spans="1:25" s="100" customFormat="1" ht="210" customHeight="1">
       <c r="A17" s="274" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="B17" s="275" t="s">
-        <v>876</v>
+        <v>860</v>
       </c>
       <c r="C17" s="276" t="s">
         <v>231</v>
       </c>
       <c r="D17" s="277" t="s">
-        <v>890</v>
+        <v>874</v>
       </c>
       <c r="E17" s="278" t="s">
-        <v>877</v>
+        <v>861</v>
       </c>
       <c r="F17" s="278" t="s">
-        <v>878</v>
+        <v>862</v>
       </c>
       <c r="G17" s="278" t="s">
         <v>232</v>
       </c>
       <c r="H17" s="278" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="I17" s="279">
         <f t="shared" si="0"/>
         <v>14.24</v>
       </c>
       <c r="J17" s="280">
         <v>7.13</v>
       </c>
       <c r="K17" s="280">
         <v>7.11</v>
       </c>
       <c r="L17" s="280">
         <v>7.12</v>
       </c>
       <c r="M17" s="280" t="s">
         <v>3</v>
       </c>
       <c r="N17" s="280" t="s">
         <v>126</v>
       </c>
       <c r="O17" s="278" t="s">
-        <v>772</v>
+        <v>762</v>
       </c>
       <c r="P17" s="278" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="Q17" s="281"/>
       <c r="R17" s="280"/>
       <c r="S17" s="257"/>
       <c r="T17" s="282"/>
       <c r="U17" s="257"/>
       <c r="V17" s="278" t="s">
-        <v>891</v>
+        <v>875</v>
       </c>
       <c r="W17" s="280"/>
       <c r="X17" s="280"/>
       <c r="Y17" s="283"/>
     </row>
     <row r="18" spans="1:25" s="100" customFormat="1" ht="210" customHeight="1">
-      <c r="A18" s="484">
+      <c r="A18" s="494">
         <v>8</v>
       </c>
-      <c r="B18" s="498" t="s">
+      <c r="B18" s="496" t="s">
         <v>28</v>
       </c>
-      <c r="C18" s="458">
+      <c r="C18" s="498">
         <v>22</v>
       </c>
-      <c r="D18" s="460" t="s">
-[...11 lines deleted...]
-      <c r="H18" s="527" t="s">
+      <c r="D18" s="500" t="s">
+        <v>282</v>
+      </c>
+      <c r="E18" s="445" t="s">
+        <v>451</v>
+      </c>
+      <c r="F18" s="445" t="s">
+        <v>452</v>
+      </c>
+      <c r="G18" s="445" t="s">
+        <v>459</v>
+      </c>
+      <c r="H18" s="502" t="s">
         <v>18</v>
       </c>
-      <c r="I18" s="613">
+      <c r="I18" s="504">
         <f>J18+K18</f>
         <v>31.299999999999997</v>
       </c>
-      <c r="J18" s="527" t="s">
-[...5 lines deleted...]
-      <c r="L18" s="453">
+      <c r="J18" s="502" t="s">
+        <v>314</v>
+      </c>
+      <c r="K18" s="502" t="s">
+        <v>315</v>
+      </c>
+      <c r="L18" s="447">
         <v>15.65</v>
       </c>
-      <c r="M18" s="453" t="s">
+      <c r="M18" s="447" t="s">
         <v>3</v>
       </c>
-      <c r="N18" s="453" t="s">
+      <c r="N18" s="447" t="s">
         <v>126</v>
       </c>
-      <c r="O18" s="428" t="s">
-[...5 lines deleted...]
-      <c r="Q18" s="453" t="s">
+      <c r="O18" s="445" t="s">
+        <v>762</v>
+      </c>
+      <c r="P18" s="445" t="s">
+        <v>375</v>
+      </c>
+      <c r="Q18" s="447" t="s">
         <v>223</v>
       </c>
-      <c r="R18" s="453" t="s">
-[...2 lines deleted...]
-      <c r="S18" s="500">
+      <c r="R18" s="447" t="s">
+        <v>294</v>
+      </c>
+      <c r="S18" s="479">
         <v>45992</v>
       </c>
-      <c r="T18" s="428" t="s">
+      <c r="T18" s="445" t="s">
         <v>245</v>
       </c>
-      <c r="U18" s="500">
+      <c r="U18" s="479">
         <v>46234</v>
       </c>
-      <c r="V18" s="430" t="s">
-[...4 lines deleted...]
-      <c r="Y18" s="618"/>
+      <c r="V18" s="432" t="s">
+        <v>949</v>
+      </c>
+      <c r="W18" s="475"/>
+      <c r="X18" s="475"/>
+      <c r="Y18" s="477"/>
     </row>
     <row r="19" spans="1:25" s="38" customFormat="1" ht="226.5" customHeight="1">
-      <c r="A19" s="485"/>
-[...23 lines deleted...]
-      <c r="Y19" s="619"/>
+      <c r="A19" s="495"/>
+      <c r="B19" s="497"/>
+      <c r="C19" s="499"/>
+      <c r="D19" s="501"/>
+      <c r="E19" s="446"/>
+      <c r="F19" s="446"/>
+      <c r="G19" s="446"/>
+      <c r="H19" s="503"/>
+      <c r="I19" s="505"/>
+      <c r="J19" s="503"/>
+      <c r="K19" s="503"/>
+      <c r="L19" s="448"/>
+      <c r="M19" s="448"/>
+      <c r="N19" s="448"/>
+      <c r="O19" s="446"/>
+      <c r="P19" s="446"/>
+      <c r="Q19" s="448"/>
+      <c r="R19" s="448"/>
+      <c r="S19" s="480"/>
+      <c r="T19" s="446"/>
+      <c r="U19" s="480"/>
+      <c r="V19" s="433"/>
+      <c r="W19" s="476"/>
+      <c r="X19" s="476"/>
+      <c r="Y19" s="478"/>
     </row>
     <row r="20" spans="1:25" s="38" customFormat="1" ht="234.75" customHeight="1">
       <c r="A20" s="10">
         <v>9</v>
       </c>
       <c r="B20" s="31" t="s">
         <v>29</v>
       </c>
       <c r="C20" s="90">
         <v>23</v>
       </c>
       <c r="D20" s="91" t="s">
         <v>124</v>
       </c>
-      <c r="E20" s="335" t="s">
-[...9 lines deleted...]
-        <v>460</v>
+      <c r="E20" s="334" t="s">
+        <v>453</v>
+      </c>
+      <c r="F20" s="334" t="s">
+        <v>454</v>
+      </c>
+      <c r="G20" s="334" t="s">
+        <v>455</v>
+      </c>
+      <c r="H20" s="334" t="s">
+        <v>456</v>
       </c>
       <c r="I20" s="115">
         <f t="shared" si="0"/>
         <v>14.559999999999999</v>
       </c>
       <c r="J20" s="105">
         <v>7.04</v>
       </c>
       <c r="K20" s="105">
         <v>7.52</v>
       </c>
       <c r="L20" s="105">
         <v>7.28</v>
       </c>
       <c r="M20" s="88" t="s">
         <v>3</v>
       </c>
       <c r="N20" s="88" t="s">
         <v>126</v>
       </c>
       <c r="O20" s="207" t="s">
-        <v>772</v>
+        <v>762</v>
       </c>
       <c r="P20" s="171" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="Q20" s="88" t="s">
         <v>222</v>
       </c>
       <c r="R20" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S20" s="11">
         <v>45992</v>
       </c>
       <c r="T20" s="89" t="s">
         <v>245</v>
       </c>
       <c r="U20" s="11">
         <v>46234</v>
       </c>
       <c r="V20" s="311" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="W20" s="11"/>
       <c r="X20" s="11"/>
       <c r="Y20" s="91"/>
     </row>
     <row r="21" spans="1:25" s="38" customFormat="1" ht="226.5" customHeight="1">
-      <c r="A21" s="484">
+      <c r="A21" s="494">
         <v>10</v>
       </c>
-      <c r="B21" s="498" t="s">
+      <c r="B21" s="496" t="s">
         <v>30</v>
       </c>
-      <c r="C21" s="458">
+      <c r="C21" s="498">
         <v>24</v>
       </c>
-      <c r="D21" s="460" t="s">
-[...11 lines deleted...]
-      <c r="H21" s="527" t="s">
+      <c r="D21" s="500" t="s">
+        <v>610</v>
+      </c>
+      <c r="E21" s="445" t="s">
+        <v>800</v>
+      </c>
+      <c r="F21" s="445" t="s">
+        <v>917</v>
+      </c>
+      <c r="G21" s="445" t="s">
+        <v>347</v>
+      </c>
+      <c r="H21" s="502" t="s">
         <v>18</v>
       </c>
-      <c r="I21" s="455">
+      <c r="I21" s="526">
         <f>J21+K21</f>
         <v>51.08</v>
       </c>
-      <c r="J21" s="527" t="s">
-[...5 lines deleted...]
-      <c r="L21" s="453">
+      <c r="J21" s="502" t="s">
+        <v>316</v>
+      </c>
+      <c r="K21" s="502" t="s">
+        <v>317</v>
+      </c>
+      <c r="L21" s="447">
         <v>25.54</v>
       </c>
-      <c r="M21" s="453" t="s">
+      <c r="M21" s="447" t="s">
         <v>3</v>
       </c>
-      <c r="N21" s="453" t="s">
+      <c r="N21" s="447" t="s">
         <v>126</v>
       </c>
-      <c r="O21" s="428" t="s">
-[...5 lines deleted...]
-      <c r="Q21" s="453" t="s">
+      <c r="O21" s="445" t="s">
+        <v>762</v>
+      </c>
+      <c r="P21" s="445" t="s">
+        <v>376</v>
+      </c>
+      <c r="Q21" s="447" t="s">
         <v>223</v>
       </c>
-      <c r="R21" s="453" t="s">
-[...2 lines deleted...]
-      <c r="S21" s="500">
+      <c r="R21" s="447" t="s">
+        <v>294</v>
+      </c>
+      <c r="S21" s="479">
         <v>45992</v>
       </c>
-      <c r="T21" s="428" t="s">
+      <c r="T21" s="445" t="s">
         <v>245</v>
       </c>
-      <c r="U21" s="500">
+      <c r="U21" s="479">
         <v>46234</v>
       </c>
-      <c r="V21" s="430" t="s">
-[...4 lines deleted...]
-      <c r="Y21" s="458"/>
+      <c r="V21" s="432" t="s">
+        <v>923</v>
+      </c>
+      <c r="W21" s="479"/>
+      <c r="X21" s="479"/>
+      <c r="Y21" s="498"/>
     </row>
     <row r="22" spans="1:25" s="38" customFormat="1" ht="360.75" customHeight="1">
-      <c r="A22" s="485"/>
-[...23 lines deleted...]
-      <c r="Y22" s="459"/>
+      <c r="A22" s="495"/>
+      <c r="B22" s="497"/>
+      <c r="C22" s="499"/>
+      <c r="D22" s="501"/>
+      <c r="E22" s="446"/>
+      <c r="F22" s="446"/>
+      <c r="G22" s="446"/>
+      <c r="H22" s="503"/>
+      <c r="I22" s="527"/>
+      <c r="J22" s="503"/>
+      <c r="K22" s="503"/>
+      <c r="L22" s="448"/>
+      <c r="M22" s="448"/>
+      <c r="N22" s="448"/>
+      <c r="O22" s="446"/>
+      <c r="P22" s="446"/>
+      <c r="Q22" s="448"/>
+      <c r="R22" s="448"/>
+      <c r="S22" s="480"/>
+      <c r="T22" s="446"/>
+      <c r="U22" s="480"/>
+      <c r="V22" s="543"/>
+      <c r="W22" s="480"/>
+      <c r="X22" s="480"/>
+      <c r="Y22" s="499"/>
     </row>
     <row r="23" spans="1:25" s="38" customFormat="1" ht="193.5" customHeight="1">
       <c r="A23" s="10">
         <v>11</v>
       </c>
       <c r="B23" s="98" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="94">
         <v>26</v>
       </c>
       <c r="D23" s="95" t="s">
         <v>120</v>
       </c>
       <c r="E23" s="302" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
       <c r="F23" s="45" t="s">
         <v>18</v>
       </c>
       <c r="G23" s="210" t="s">
-        <v>777</v>
+        <v>767</v>
       </c>
       <c r="H23" s="45" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="111">
         <f>J23+K23</f>
         <v>13.14</v>
       </c>
       <c r="J23" s="106" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="K23" s="106" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="L23" s="76">
         <v>6.57</v>
       </c>
       <c r="M23" s="76" t="s">
         <v>3</v>
       </c>
       <c r="N23" s="88" t="s">
         <v>126</v>
       </c>
       <c r="O23" s="207" t="s">
-        <v>772</v>
+        <v>762</v>
       </c>
       <c r="P23" s="175" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="Q23" s="88" t="s">
         <v>222</v>
       </c>
       <c r="R23" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S23" s="11">
         <v>45992</v>
       </c>
       <c r="T23" s="89" t="s">
         <v>245</v>
       </c>
       <c r="U23" s="11">
         <v>46234</v>
       </c>
       <c r="V23" s="311" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="W23" s="11"/>
       <c r="X23" s="11"/>
       <c r="Y23" s="91"/>
     </row>
     <row r="24" spans="1:25" s="38" customFormat="1" ht="193.5" customHeight="1">
-      <c r="A24" s="484">
+      <c r="A24" s="494">
         <v>12</v>
       </c>
-      <c r="B24" s="498" t="s">
+      <c r="B24" s="496" t="s">
         <v>182</v>
       </c>
-      <c r="C24" s="458">
+      <c r="C24" s="498">
         <v>29</v>
       </c>
-      <c r="D24" s="460" t="s">
-[...14 lines deleted...]
-      <c r="I24" s="544">
+      <c r="D24" s="500" t="s">
+        <v>508</v>
+      </c>
+      <c r="E24" s="445" t="s">
+        <v>509</v>
+      </c>
+      <c r="F24" s="445" t="s">
+        <v>510</v>
+      </c>
+      <c r="G24" s="445" t="s">
+        <v>612</v>
+      </c>
+      <c r="H24" s="445" t="s">
+        <v>611</v>
+      </c>
+      <c r="I24" s="528">
         <f>J24+K24</f>
         <v>38.4</v>
       </c>
-      <c r="J24" s="455">
+      <c r="J24" s="526">
         <v>19.399999999999999</v>
       </c>
-      <c r="K24" s="455">
+      <c r="K24" s="526">
         <v>19</v>
       </c>
-      <c r="L24" s="455">
+      <c r="L24" s="526">
         <f>I24/2</f>
         <v>19.2</v>
       </c>
-      <c r="M24" s="453" t="s">
+      <c r="M24" s="447" t="s">
         <v>3</v>
       </c>
-      <c r="N24" s="453" t="s">
+      <c r="N24" s="447" t="s">
         <v>126</v>
       </c>
-      <c r="O24" s="428" t="s">
-[...8 lines deleted...]
-      <c r="R24" s="453" t="s">
+      <c r="O24" s="445" t="s">
+        <v>762</v>
+      </c>
+      <c r="P24" s="487" t="s">
+        <v>378</v>
+      </c>
+      <c r="Q24" s="447" t="s">
         <v>296</v>
       </c>
-      <c r="S24" s="500">
+      <c r="R24" s="447" t="s">
+        <v>293</v>
+      </c>
+      <c r="S24" s="479">
         <v>45597</v>
       </c>
-      <c r="T24" s="428" t="s">
+      <c r="T24" s="445" t="s">
         <v>245</v>
       </c>
-      <c r="U24" s="500">
+      <c r="U24" s="479">
         <v>46691</v>
       </c>
-      <c r="V24" s="430" t="s">
-[...4 lines deleted...]
-      <c r="Y24" s="458"/>
+      <c r="V24" s="432" t="s">
+        <v>944</v>
+      </c>
+      <c r="W24" s="479"/>
+      <c r="X24" s="479"/>
+      <c r="Y24" s="498"/>
     </row>
     <row r="25" spans="1:25" s="38" customFormat="1" ht="325.5" customHeight="1">
-      <c r="A25" s="485"/>
-[...23 lines deleted...]
-      <c r="Y25" s="459"/>
+      <c r="A25" s="495"/>
+      <c r="B25" s="497"/>
+      <c r="C25" s="499"/>
+      <c r="D25" s="501"/>
+      <c r="E25" s="446"/>
+      <c r="F25" s="446"/>
+      <c r="G25" s="446"/>
+      <c r="H25" s="446"/>
+      <c r="I25" s="528"/>
+      <c r="J25" s="527"/>
+      <c r="K25" s="527"/>
+      <c r="L25" s="527"/>
+      <c r="M25" s="448"/>
+      <c r="N25" s="448"/>
+      <c r="O25" s="446"/>
+      <c r="P25" s="489"/>
+      <c r="Q25" s="448"/>
+      <c r="R25" s="448"/>
+      <c r="S25" s="480"/>
+      <c r="T25" s="446"/>
+      <c r="U25" s="448"/>
+      <c r="V25" s="433"/>
+      <c r="W25" s="480"/>
+      <c r="X25" s="480"/>
+      <c r="Y25" s="499"/>
     </row>
     <row r="26" spans="1:25" s="38" customFormat="1" ht="252" customHeight="1">
       <c r="A26" s="10">
         <v>13</v>
       </c>
       <c r="B26" s="31" t="s">
         <v>224</v>
       </c>
       <c r="C26" s="90">
         <v>35</v>
       </c>
       <c r="D26" s="193" t="s">
-        <v>518</v>
+        <v>511</v>
       </c>
       <c r="E26" s="309" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="F26" s="309" t="s">
-        <v>480</v>
+        <v>476</v>
       </c>
       <c r="G26" s="92" t="s">
         <v>225</v>
       </c>
       <c r="H26" s="88" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="113">
         <f>J26+K26</f>
         <v>20.9</v>
       </c>
       <c r="J26" s="113">
         <v>10.4</v>
       </c>
       <c r="K26" s="113">
         <v>10.5</v>
       </c>
       <c r="L26" s="113">
         <f>I26/2</f>
         <v>10.45</v>
       </c>
       <c r="M26" s="76" t="s">
         <v>3</v>
       </c>
       <c r="N26" s="88" t="s">
         <v>126</v>
       </c>
       <c r="O26" s="207" t="s">
-        <v>772</v>
+        <v>762</v>
       </c>
       <c r="P26" s="175" t="s">
-        <v>383</v>
-[...1 lines deleted...]
-      <c r="Q26" s="382" t="s">
+        <v>379</v>
+      </c>
+      <c r="Q26" s="378" t="s">
         <v>223</v>
       </c>
-      <c r="R26" s="382" t="s">
-        <v>297</v>
+      <c r="R26" s="378" t="s">
+        <v>294</v>
       </c>
       <c r="S26" s="11">
         <v>45992</v>
       </c>
       <c r="T26" s="89" t="s">
         <v>245</v>
       </c>
       <c r="U26" s="11">
         <v>46234</v>
       </c>
       <c r="V26" s="311" t="s">
-        <v>969</v>
+        <v>944</v>
       </c>
       <c r="W26" s="11"/>
       <c r="X26" s="11"/>
       <c r="Y26" s="91"/>
     </row>
     <row r="27" spans="1:25" s="38" customFormat="1" ht="246.75" customHeight="1">
       <c r="A27" s="10">
         <v>14</v>
       </c>
       <c r="B27" s="31" t="s">
         <v>32</v>
       </c>
       <c r="C27" s="90">
         <v>36</v>
       </c>
       <c r="D27" s="91" t="s">
         <v>199</v>
       </c>
       <c r="E27" s="309" t="s">
-        <v>519</v>
+        <v>512</v>
       </c>
       <c r="F27" s="309" t="s">
-        <v>520</v>
+        <v>513</v>
       </c>
       <c r="G27" s="309" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="H27" s="309" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
       <c r="I27" s="113">
         <f>J27+K27</f>
         <v>17.98</v>
       </c>
       <c r="J27" s="113">
         <v>9.33</v>
       </c>
       <c r="K27" s="113">
         <v>8.65</v>
       </c>
       <c r="L27" s="113">
         <v>8.99</v>
       </c>
       <c r="M27" s="76" t="s">
         <v>3</v>
       </c>
       <c r="N27" s="88" t="s">
         <v>126</v>
       </c>
       <c r="O27" s="207" t="s">
-        <v>772</v>
+        <v>762</v>
       </c>
       <c r="P27" s="175" t="s">
-        <v>384</v>
-[...5 lines deleted...]
-        <v>296</v>
+        <v>380</v>
+      </c>
+      <c r="Q27" s="408" t="s">
+        <v>223</v>
+      </c>
+      <c r="R27" s="409" t="s">
+        <v>996</v>
       </c>
       <c r="S27" s="11">
-        <v>44958</v>
+        <v>46054</v>
       </c>
       <c r="T27" s="89" t="s">
         <v>245</v>
       </c>
       <c r="U27" s="11">
-        <v>46053</v>
+        <v>46142</v>
       </c>
       <c r="V27" s="311" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="W27" s="11"/>
       <c r="X27" s="11"/>
       <c r="Y27" s="91"/>
     </row>
     <row r="28" spans="1:25" s="38" customFormat="1">
-      <c r="A28" s="511" t="s">
-[...15 lines deleted...]
-      <c r="O28" s="513"/>
+      <c r="A28" s="612" t="s">
+        <v>876</v>
+      </c>
+      <c r="B28" s="613"/>
+      <c r="C28" s="613"/>
+      <c r="D28" s="613"/>
+      <c r="E28" s="613"/>
+      <c r="F28" s="613"/>
+      <c r="G28" s="613"/>
+      <c r="H28" s="613"/>
+      <c r="I28" s="613"/>
+      <c r="J28" s="613"/>
+      <c r="K28" s="613"/>
+      <c r="L28" s="613"/>
+      <c r="M28" s="613"/>
+      <c r="N28" s="613"/>
+      <c r="O28" s="614"/>
       <c r="P28" s="180">
         <v>247</v>
       </c>
-      <c r="Q28" s="168"/>
-      <c r="R28" s="168"/>
+      <c r="Q28" s="410"/>
+      <c r="R28" s="410"/>
       <c r="S28" s="168"/>
       <c r="T28" s="170"/>
       <c r="U28" s="168"/>
       <c r="V28" s="213"/>
       <c r="W28" s="168"/>
       <c r="X28" s="168"/>
       <c r="Y28" s="169"/>
     </row>
     <row r="29" spans="1:25" s="38" customFormat="1" ht="15" customHeight="1">
-      <c r="A29" s="514" t="s">
+      <c r="A29" s="615" t="s">
         <v>7</v>
       </c>
-      <c r="B29" s="515"/>
-[...22 lines deleted...]
-      <c r="Y29" s="516"/>
+      <c r="B29" s="616"/>
+      <c r="C29" s="616"/>
+      <c r="D29" s="616"/>
+      <c r="E29" s="616"/>
+      <c r="F29" s="616"/>
+      <c r="G29" s="616"/>
+      <c r="H29" s="616"/>
+      <c r="I29" s="616"/>
+      <c r="J29" s="616"/>
+      <c r="K29" s="616"/>
+      <c r="L29" s="616"/>
+      <c r="M29" s="616"/>
+      <c r="N29" s="616"/>
+      <c r="O29" s="616"/>
+      <c r="P29" s="616"/>
+      <c r="Q29" s="616"/>
+      <c r="R29" s="616"/>
+      <c r="S29" s="616"/>
+      <c r="T29" s="616"/>
+      <c r="U29" s="616"/>
+      <c r="V29" s="616"/>
+      <c r="W29" s="616"/>
+      <c r="X29" s="616"/>
+      <c r="Y29" s="617"/>
     </row>
     <row r="30" spans="1:25" s="38" customFormat="1" ht="259.5" customHeight="1">
       <c r="A30" s="10">
         <v>1</v>
       </c>
       <c r="B30" s="98" t="s">
         <v>145</v>
       </c>
       <c r="C30" s="94">
         <v>2</v>
       </c>
       <c r="D30" s="95" t="s">
         <v>146</v>
       </c>
-      <c r="E30" s="336" t="s">
-        <v>464</v>
+      <c r="E30" s="335" t="s">
+        <v>460</v>
       </c>
       <c r="F30" s="309" t="s">
-        <v>465</v>
-[...2 lines deleted...]
-        <v>866</v>
+        <v>461</v>
+      </c>
+      <c r="G30" s="335" t="s">
+        <v>852</v>
       </c>
       <c r="H30" s="45" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="113">
         <f t="shared" ref="I30:I37" si="2">J30+K30</f>
         <v>15.9</v>
       </c>
       <c r="J30" s="106" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="K30" s="106" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="L30" s="76">
         <v>7.95</v>
       </c>
       <c r="M30" s="76" t="s">
         <v>3</v>
       </c>
       <c r="N30" s="88" t="s">
         <v>126</v>
       </c>
       <c r="O30" s="207" t="s">
-        <v>773</v>
+        <v>763</v>
       </c>
       <c r="P30" s="175" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>377</v>
+      </c>
+      <c r="Q30" s="350" t="s">
+        <v>340</v>
       </c>
       <c r="R30" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S30" s="11">
-        <v>42420</v>
+        <v>46073</v>
       </c>
       <c r="T30" s="89" t="s">
         <v>245</v>
       </c>
       <c r="U30" s="88"/>
       <c r="V30" s="295" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="W30" s="159"/>
       <c r="X30" s="159"/>
       <c r="Y30" s="91"/>
     </row>
     <row r="31" spans="1:25" s="38" customFormat="1" ht="182.25" customHeight="1">
       <c r="A31" s="10">
         <v>2</v>
       </c>
       <c r="B31" s="98" t="s">
         <v>33</v>
       </c>
       <c r="C31" s="94">
         <v>3</v>
       </c>
       <c r="D31" s="95" t="s">
         <v>121</v>
       </c>
       <c r="E31" s="183" t="s">
-        <v>466</v>
+        <v>462</v>
       </c>
       <c r="F31" s="45" t="s">
         <v>18</v>
       </c>
       <c r="G31" s="96" t="s">
         <v>173</v>
       </c>
       <c r="H31" s="45" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="113">
         <f t="shared" si="2"/>
         <v>17</v>
       </c>
       <c r="J31" s="106" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="K31" s="106" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="L31" s="111">
         <v>8.5</v>
       </c>
       <c r="M31" s="76" t="s">
         <v>3</v>
       </c>
       <c r="N31" s="88" t="s">
         <v>126</v>
       </c>
       <c r="O31" s="207" t="s">
-        <v>773</v>
+        <v>763</v>
       </c>
       <c r="P31" s="175" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="Q31" s="139" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R31" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S31" s="11">
-        <v>42420</v>
+        <v>46073</v>
       </c>
       <c r="T31" s="89" t="s">
         <v>245</v>
       </c>
       <c r="U31" s="88"/>
       <c r="V31" s="295" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="W31" s="159"/>
       <c r="X31" s="159"/>
       <c r="Y31" s="91"/>
     </row>
     <row r="32" spans="1:25" s="38" customFormat="1" ht="302.25" customHeight="1">
       <c r="A32" s="10">
         <v>3</v>
       </c>
       <c r="B32" s="98" t="s">
         <v>159</v>
       </c>
       <c r="C32" s="94">
         <v>8</v>
       </c>
       <c r="D32" s="95" t="s">
         <v>200</v>
       </c>
       <c r="E32" s="302" t="s">
-        <v>621</v>
+        <v>613</v>
       </c>
       <c r="F32" s="51" t="s">
         <v>18</v>
       </c>
       <c r="G32" s="96" t="s">
         <v>174</v>
       </c>
       <c r="H32" s="45" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="113">
         <f t="shared" si="2"/>
         <v>19.88</v>
       </c>
       <c r="J32" s="106" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="K32" s="106" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="L32" s="76">
         <v>9.94</v>
       </c>
       <c r="M32" s="76" t="s">
         <v>3</v>
       </c>
       <c r="N32" s="88" t="s">
         <v>126</v>
       </c>
       <c r="O32" s="207" t="s">
-        <v>773</v>
+        <v>763</v>
       </c>
       <c r="P32" s="175" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="Q32" s="139" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R32" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S32" s="11">
-        <v>42420</v>
+        <v>46073</v>
       </c>
       <c r="T32" s="89" t="s">
         <v>245</v>
       </c>
       <c r="U32" s="88"/>
       <c r="V32" s="295" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="W32" s="159"/>
       <c r="X32" s="159"/>
       <c r="Y32" s="91"/>
     </row>
     <row r="33" spans="1:25" s="38" customFormat="1" ht="409.5" customHeight="1">
       <c r="A33" s="97">
         <v>4</v>
       </c>
       <c r="B33" s="98" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="94">
         <v>10</v>
       </c>
-      <c r="D33" s="384" t="s">
-[...9 lines deleted...]
-        <v>867</v>
+      <c r="D33" s="380" t="s">
+        <v>939</v>
+      </c>
+      <c r="E33" s="379" t="s">
+        <v>941</v>
+      </c>
+      <c r="F33" s="379" t="s">
+        <v>942</v>
+      </c>
+      <c r="G33" s="335" t="s">
+        <v>853</v>
       </c>
       <c r="H33" s="96" t="s">
         <v>176</v>
       </c>
       <c r="I33" s="113">
         <f t="shared" si="2"/>
         <v>25</v>
       </c>
       <c r="J33" s="101">
         <v>14.48</v>
       </c>
       <c r="K33" s="101">
         <v>10.52</v>
       </c>
       <c r="L33" s="111">
         <v>12.5</v>
       </c>
       <c r="M33" s="76" t="s">
         <v>3</v>
       </c>
       <c r="N33" s="76" t="s">
         <v>126</v>
       </c>
       <c r="O33" s="207" t="s">
-        <v>773</v>
-[...2 lines deleted...]
-        <v>383</v>
+        <v>763</v>
+      </c>
+      <c r="P33" s="407" t="s">
+        <v>379</v>
       </c>
       <c r="Q33" s="139" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R33" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S33" s="78">
-        <v>42420</v>
+        <v>46073</v>
       </c>
       <c r="T33" s="79" t="s">
         <v>245</v>
       </c>
       <c r="U33" s="88"/>
-      <c r="V33" s="410" t="s">
-        <v>1021</v>
+      <c r="V33" s="406" t="s">
+        <v>995</v>
       </c>
       <c r="W33" s="156"/>
       <c r="X33" s="156"/>
       <c r="Y33" s="94"/>
     </row>
     <row r="34" spans="1:25" s="38" customFormat="1" ht="214.5" customHeight="1">
       <c r="A34" s="10">
         <v>5</v>
       </c>
       <c r="B34" s="31" t="s">
         <v>35</v>
       </c>
       <c r="C34" s="90">
         <v>11</v>
       </c>
       <c r="D34" s="193" t="s">
-        <v>521</v>
+        <v>514</v>
       </c>
       <c r="E34" s="192" t="s">
-        <v>522</v>
+        <v>515</v>
       </c>
       <c r="F34" s="45" t="s">
         <v>18</v>
       </c>
       <c r="G34" s="92" t="s">
         <v>177</v>
       </c>
       <c r="H34" s="45" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="113">
         <f t="shared" si="2"/>
         <v>15.059999999999999</v>
       </c>
       <c r="J34" s="45" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="K34" s="45" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="L34" s="88">
         <v>7.53</v>
       </c>
       <c r="M34" s="88" t="s">
         <v>3</v>
       </c>
       <c r="N34" s="88" t="s">
         <v>126</v>
       </c>
       <c r="O34" s="207" t="s">
-        <v>773</v>
+        <v>763</v>
       </c>
       <c r="P34" s="175" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="Q34" s="139" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R34" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S34" s="11">
-        <v>42420</v>
+        <v>46073</v>
       </c>
       <c r="T34" s="89" t="s">
         <v>245</v>
       </c>
       <c r="U34" s="88"/>
       <c r="V34" s="295" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="W34" s="159"/>
       <c r="X34" s="159"/>
       <c r="Y34" s="91"/>
     </row>
     <row r="35" spans="1:25" s="38" customFormat="1" ht="339" customHeight="1">
       <c r="A35" s="10">
         <v>6</v>
       </c>
       <c r="B35" s="98" t="s">
         <v>36</v>
       </c>
       <c r="C35" s="94">
         <v>13</v>
       </c>
       <c r="D35" s="95" t="s">
         <v>201</v>
       </c>
       <c r="E35" s="184" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="F35" s="45" t="s">
         <v>18</v>
       </c>
       <c r="G35" s="96" t="s">
         <v>178</v>
       </c>
       <c r="H35" s="45" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="113">
         <f t="shared" si="2"/>
         <v>24.619999999999997</v>
       </c>
       <c r="J35" s="106" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="K35" s="106" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="L35" s="76">
         <v>12.31</v>
       </c>
       <c r="M35" s="76" t="s">
         <v>3</v>
       </c>
       <c r="N35" s="88" t="s">
         <v>126</v>
       </c>
       <c r="O35" s="207" t="s">
-        <v>773</v>
+        <v>763</v>
       </c>
       <c r="P35" s="175" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="Q35" s="139" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R35" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S35" s="11">
-        <v>42420</v>
+        <v>46073</v>
       </c>
       <c r="T35" s="89" t="s">
         <v>245</v>
       </c>
       <c r="U35" s="88"/>
       <c r="V35" s="295" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="W35" s="159"/>
       <c r="X35" s="159"/>
       <c r="Y35" s="91"/>
     </row>
     <row r="36" spans="1:25" s="38" customFormat="1" ht="357" customHeight="1">
       <c r="A36" s="10">
         <v>7</v>
       </c>
       <c r="B36" s="98" t="s">
         <v>37</v>
       </c>
       <c r="C36" s="94">
         <v>14</v>
       </c>
       <c r="D36" s="95" t="s">
         <v>229</v>
       </c>
       <c r="E36" s="302" t="s">
-        <v>523</v>
+        <v>516</v>
       </c>
       <c r="F36" s="45" t="s">
         <v>18</v>
       </c>
       <c r="G36" s="96" t="s">
         <v>179</v>
       </c>
       <c r="H36" s="45" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="113">
         <f t="shared" si="2"/>
         <v>28.46</v>
       </c>
       <c r="J36" s="106" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="K36" s="106" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="L36" s="76">
         <v>14.23</v>
       </c>
       <c r="M36" s="76" t="s">
         <v>3</v>
       </c>
       <c r="N36" s="88" t="s">
         <v>126</v>
       </c>
       <c r="O36" s="207" t="s">
-        <v>773</v>
+        <v>763</v>
       </c>
       <c r="P36" s="175" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="Q36" s="139" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R36" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S36" s="11">
-        <v>42420</v>
+        <v>46073</v>
       </c>
       <c r="T36" s="89" t="s">
         <v>245</v>
       </c>
       <c r="U36" s="88"/>
       <c r="V36" s="295" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="W36" s="159"/>
       <c r="X36" s="159"/>
       <c r="Y36" s="91"/>
     </row>
     <row r="37" spans="1:25" s="38" customFormat="1" ht="258.75" customHeight="1">
-      <c r="A37" s="484">
+      <c r="A37" s="494">
         <v>8</v>
       </c>
-      <c r="B37" s="493" t="s">
+      <c r="B37" s="598" t="s">
         <v>38</v>
       </c>
-      <c r="C37" s="458">
+      <c r="C37" s="498">
         <v>15</v>
       </c>
-      <c r="D37" s="460" t="s">
+      <c r="D37" s="500" t="s">
         <v>141</v>
       </c>
-      <c r="E37" s="428" t="s">
-[...2 lines deleted...]
-      <c r="F37" s="453" t="s">
+      <c r="E37" s="445" t="s">
+        <v>517</v>
+      </c>
+      <c r="F37" s="447" t="s">
         <v>18</v>
       </c>
-      <c r="G37" s="428" t="s">
-[...2 lines deleted...]
-      <c r="H37" s="453" t="s">
+      <c r="G37" s="445" t="s">
+        <v>768</v>
+      </c>
+      <c r="H37" s="447" t="s">
         <v>18</v>
       </c>
-      <c r="I37" s="455">
+      <c r="I37" s="526">
         <f t="shared" si="2"/>
         <v>34.760000000000005</v>
       </c>
-      <c r="J37" s="453">
+      <c r="J37" s="447">
         <v>17.62</v>
       </c>
-      <c r="K37" s="453">
+      <c r="K37" s="447">
         <v>17.14</v>
       </c>
-      <c r="L37" s="453">
+      <c r="L37" s="447">
         <v>17.38</v>
       </c>
-      <c r="M37" s="453" t="s">
+      <c r="M37" s="447" t="s">
         <v>3</v>
       </c>
-      <c r="N37" s="453" t="s">
+      <c r="N37" s="447" t="s">
         <v>126</v>
       </c>
-      <c r="O37" s="428" t="s">
-[...14 lines deleted...]
-      <c r="T37" s="432" t="s">
+      <c r="O37" s="445" t="s">
+        <v>763</v>
+      </c>
+      <c r="P37" s="487" t="s">
+        <v>382</v>
+      </c>
+      <c r="Q37" s="447" t="s">
+        <v>340</v>
+      </c>
+      <c r="R37" s="447" t="s">
+        <v>293</v>
+      </c>
+      <c r="S37" s="479">
+        <v>46073</v>
+      </c>
+      <c r="T37" s="481" t="s">
         <v>245</v>
       </c>
-      <c r="U37" s="453"/>
-[...5 lines deleted...]
-      <c r="Y37" s="458"/>
+      <c r="U37" s="447"/>
+      <c r="V37" s="445" t="s">
+        <v>819</v>
+      </c>
+      <c r="W37" s="447"/>
+      <c r="X37" s="447"/>
+      <c r="Y37" s="498"/>
     </row>
     <row r="38" spans="1:25" s="38" customFormat="1" ht="195" customHeight="1">
-      <c r="A38" s="485"/>
-[...23 lines deleted...]
-      <c r="Y38" s="534"/>
+      <c r="A38" s="495"/>
+      <c r="B38" s="599"/>
+      <c r="C38" s="499"/>
+      <c r="D38" s="501"/>
+      <c r="E38" s="446"/>
+      <c r="F38" s="448"/>
+      <c r="G38" s="446"/>
+      <c r="H38" s="448"/>
+      <c r="I38" s="527"/>
+      <c r="J38" s="448"/>
+      <c r="K38" s="448"/>
+      <c r="L38" s="448"/>
+      <c r="M38" s="448"/>
+      <c r="N38" s="448"/>
+      <c r="O38" s="446"/>
+      <c r="P38" s="489"/>
+      <c r="Q38" s="448"/>
+      <c r="R38" s="448"/>
+      <c r="S38" s="480"/>
+      <c r="T38" s="482"/>
+      <c r="U38" s="448"/>
+      <c r="V38" s="486"/>
+      <c r="W38" s="448"/>
+      <c r="X38" s="448"/>
+      <c r="Y38" s="590"/>
     </row>
     <row r="39" spans="1:25" s="38" customFormat="1" ht="217.5" customHeight="1">
       <c r="A39" s="10">
         <v>9</v>
       </c>
       <c r="B39" s="31" t="s">
         <v>149</v>
       </c>
       <c r="C39" s="90">
         <v>16</v>
       </c>
       <c r="D39" s="91" t="s">
         <v>150</v>
       </c>
       <c r="E39" s="50" t="s">
-        <v>525</v>
+        <v>518</v>
       </c>
       <c r="F39" s="192" t="s">
-        <v>526</v>
+        <v>519</v>
       </c>
       <c r="G39" s="50" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="H39" s="88" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="113">
         <f>J39+K39</f>
         <v>14.18</v>
       </c>
       <c r="J39" s="105">
         <v>6.86</v>
       </c>
       <c r="K39" s="105">
         <v>7.32</v>
       </c>
       <c r="L39" s="88">
         <v>7.09</v>
       </c>
       <c r="M39" s="76" t="s">
         <v>3</v>
       </c>
       <c r="N39" s="88" t="s">
         <v>126</v>
       </c>
       <c r="O39" s="207" t="s">
-        <v>773</v>
+        <v>763</v>
       </c>
       <c r="P39" s="175" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="Q39" s="139" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R39" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S39" s="11">
-        <v>42732</v>
+        <v>46073</v>
       </c>
       <c r="T39" s="89" t="s">
         <v>245</v>
       </c>
       <c r="U39" s="88"/>
       <c r="V39" s="295" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="W39" s="294"/>
       <c r="X39" s="294"/>
       <c r="Y39" s="296"/>
     </row>
     <row r="40" spans="1:25" s="38" customFormat="1" ht="229.5" customHeight="1">
-      <c r="A40" s="484">
+      <c r="A40" s="494">
         <v>10</v>
       </c>
-      <c r="B40" s="493" t="s">
+      <c r="B40" s="598" t="s">
         <v>39</v>
       </c>
-      <c r="C40" s="458">
+      <c r="C40" s="498">
         <v>18</v>
       </c>
-      <c r="D40" s="460" t="s">
-[...5 lines deleted...]
-      <c r="F40" s="453" t="s">
+      <c r="D40" s="500" t="s">
+        <v>483</v>
+      </c>
+      <c r="E40" s="445" t="s">
+        <v>940</v>
+      </c>
+      <c r="F40" s="447" t="s">
         <v>18</v>
       </c>
-      <c r="G40" s="428" t="s">
-[...2 lines deleted...]
-      <c r="H40" s="453" t="s">
+      <c r="G40" s="445" t="s">
+        <v>484</v>
+      </c>
+      <c r="H40" s="447" t="s">
         <v>18</v>
       </c>
-      <c r="I40" s="455">
+      <c r="I40" s="526">
         <f>J40+K40</f>
         <v>34.659999999999997</v>
       </c>
-      <c r="J40" s="453">
+      <c r="J40" s="447">
         <v>17.04</v>
       </c>
-      <c r="K40" s="453">
+      <c r="K40" s="447">
         <v>17.62</v>
       </c>
-      <c r="L40" s="453">
+      <c r="L40" s="447">
         <v>17.329999999999998</v>
       </c>
-      <c r="M40" s="453" t="s">
+      <c r="M40" s="447" t="s">
         <v>3</v>
       </c>
-      <c r="N40" s="453" t="s">
+      <c r="N40" s="447" t="s">
         <v>126</v>
       </c>
-      <c r="O40" s="428" t="s">
-[...14 lines deleted...]
-      <c r="T40" s="432" t="s">
+      <c r="O40" s="445" t="s">
+        <v>763</v>
+      </c>
+      <c r="P40" s="487" t="s">
+        <v>382</v>
+      </c>
+      <c r="Q40" s="447" t="s">
+        <v>340</v>
+      </c>
+      <c r="R40" s="447" t="s">
+        <v>293</v>
+      </c>
+      <c r="S40" s="479">
+        <v>46073</v>
+      </c>
+      <c r="T40" s="481" t="s">
         <v>245</v>
       </c>
-      <c r="U40" s="453"/>
-[...1 lines deleted...]
-        <v>949</v>
+      <c r="U40" s="447"/>
+      <c r="V40" s="445" t="s">
+        <v>927</v>
       </c>
       <c r="W40" s="156"/>
       <c r="X40" s="156"/>
-      <c r="Y40" s="458"/>
+      <c r="Y40" s="498"/>
     </row>
     <row r="41" spans="1:25" s="38" customFormat="1" ht="210.75" customHeight="1">
-      <c r="A41" s="485"/>
-[...20 lines deleted...]
-      <c r="V41" s="429"/>
+      <c r="A41" s="495"/>
+      <c r="B41" s="599"/>
+      <c r="C41" s="499"/>
+      <c r="D41" s="501"/>
+      <c r="E41" s="446"/>
+      <c r="F41" s="448"/>
+      <c r="G41" s="446"/>
+      <c r="H41" s="448"/>
+      <c r="I41" s="527"/>
+      <c r="J41" s="448"/>
+      <c r="K41" s="448"/>
+      <c r="L41" s="448"/>
+      <c r="M41" s="448"/>
+      <c r="N41" s="448"/>
+      <c r="O41" s="446"/>
+      <c r="P41" s="489"/>
+      <c r="Q41" s="448"/>
+      <c r="R41" s="448"/>
+      <c r="S41" s="480"/>
+      <c r="T41" s="482"/>
+      <c r="U41" s="448"/>
+      <c r="V41" s="446"/>
       <c r="W41" s="157"/>
       <c r="X41" s="157"/>
-      <c r="Y41" s="459"/>
+      <c r="Y41" s="499"/>
     </row>
     <row r="42" spans="1:25" s="38" customFormat="1">
-      <c r="A42" s="537" t="s">
+      <c r="A42" s="596" t="s">
         <v>175</v>
       </c>
-      <c r="B42" s="537"/>
-[...11 lines deleted...]
-      <c r="N42" s="537"/>
+      <c r="B42" s="596"/>
+      <c r="C42" s="596"/>
+      <c r="D42" s="596"/>
+      <c r="E42" s="596"/>
+      <c r="F42" s="596"/>
+      <c r="G42" s="596"/>
+      <c r="H42" s="596"/>
+      <c r="I42" s="596"/>
+      <c r="J42" s="596"/>
+      <c r="K42" s="596"/>
+      <c r="L42" s="596"/>
+      <c r="M42" s="596"/>
+      <c r="N42" s="596"/>
       <c r="O42" s="177"/>
       <c r="P42" s="180">
         <v>100</v>
       </c>
       <c r="Q42" s="88"/>
       <c r="R42" s="88"/>
       <c r="S42" s="88"/>
       <c r="T42" s="89"/>
       <c r="U42" s="88"/>
       <c r="V42" s="213"/>
       <c r="W42" s="159"/>
       <c r="X42" s="159"/>
       <c r="Y42" s="91"/>
     </row>
     <row r="43" spans="1:25" s="38" customFormat="1">
-      <c r="A43" s="538" t="s">
+      <c r="A43" s="597" t="s">
         <v>6</v>
       </c>
-      <c r="B43" s="538"/>
-[...22 lines deleted...]
-      <c r="Y43" s="538"/>
+      <c r="B43" s="597"/>
+      <c r="C43" s="597"/>
+      <c r="D43" s="597"/>
+      <c r="E43" s="597"/>
+      <c r="F43" s="597"/>
+      <c r="G43" s="597"/>
+      <c r="H43" s="597"/>
+      <c r="I43" s="597"/>
+      <c r="J43" s="597"/>
+      <c r="K43" s="597"/>
+      <c r="L43" s="597"/>
+      <c r="M43" s="597"/>
+      <c r="N43" s="597"/>
+      <c r="O43" s="597"/>
+      <c r="P43" s="597"/>
+      <c r="Q43" s="597"/>
+      <c r="R43" s="597"/>
+      <c r="S43" s="597"/>
+      <c r="T43" s="597"/>
+      <c r="U43" s="597"/>
+      <c r="V43" s="597"/>
+      <c r="W43" s="597"/>
+      <c r="X43" s="597"/>
+      <c r="Y43" s="597"/>
     </row>
     <row r="44" spans="1:25" s="185" customFormat="1" ht="334.5" customHeight="1">
       <c r="A44" s="284" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="B44" s="285" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="C44" s="286">
         <v>1</v>
       </c>
       <c r="D44" s="287" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="E44" s="288" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
       <c r="F44" s="285" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="G44" s="288" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="H44" s="288" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="I44" s="289">
         <f>J44+K44</f>
         <v>24.4</v>
       </c>
       <c r="J44" s="289">
         <v>12.2</v>
       </c>
       <c r="K44" s="289">
         <v>12.2</v>
       </c>
       <c r="L44" s="290">
         <v>12.2</v>
       </c>
       <c r="M44" s="273" t="s">
         <v>3</v>
       </c>
       <c r="N44" s="273" t="s">
         <v>126</v>
       </c>
       <c r="O44" s="288" t="s">
-        <v>770</v>
+        <v>760</v>
       </c>
       <c r="P44" s="288" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="Q44" s="280"/>
       <c r="R44" s="280"/>
       <c r="S44" s="291"/>
       <c r="T44" s="292"/>
       <c r="U44" s="280"/>
       <c r="V44" s="282" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="W44" s="282"/>
       <c r="X44" s="282"/>
       <c r="Y44" s="275"/>
     </row>
     <row r="45" spans="1:25" s="38" customFormat="1" ht="201.75" customHeight="1">
-      <c r="A45" s="453">
+      <c r="A45" s="447">
         <v>1</v>
       </c>
-      <c r="B45" s="432" t="s">
+      <c r="B45" s="481" t="s">
         <v>40</v>
       </c>
-      <c r="C45" s="539">
+      <c r="C45" s="585">
         <v>3</v>
       </c>
-      <c r="D45" s="540" t="s">
+      <c r="D45" s="586" t="s">
         <v>202</v>
       </c>
-      <c r="E45" s="428" t="s">
-[...11 lines deleted...]
-      <c r="I45" s="455">
+      <c r="E45" s="445" t="s">
+        <v>823</v>
+      </c>
+      <c r="F45" s="594" t="s">
+        <v>824</v>
+      </c>
+      <c r="G45" s="445" t="s">
+        <v>807</v>
+      </c>
+      <c r="H45" s="445" t="s">
+        <v>808</v>
+      </c>
+      <c r="I45" s="526">
         <f>J45+K45</f>
         <v>35</v>
       </c>
-      <c r="J45" s="455">
+      <c r="J45" s="526">
         <v>18.899999999999999</v>
       </c>
-      <c r="K45" s="455">
+      <c r="K45" s="526">
         <v>16.100000000000001</v>
       </c>
-      <c r="L45" s="455">
+      <c r="L45" s="526">
         <f>I45/2</f>
         <v>17.5</v>
       </c>
-      <c r="M45" s="478" t="s">
+      <c r="M45" s="583" t="s">
         <v>3</v>
       </c>
-      <c r="N45" s="478" t="s">
+      <c r="N45" s="583" t="s">
         <v>126</v>
       </c>
-      <c r="O45" s="428" t="s">
-        <v>734</v>
+      <c r="O45" s="445" t="s">
+        <v>726</v>
       </c>
       <c r="P45" s="175" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="Q45" s="139" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R45" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S45" s="17">
         <v>42174</v>
       </c>
       <c r="T45" s="89" t="s">
         <v>238</v>
       </c>
       <c r="U45" s="88"/>
-      <c r="V45" s="428" t="s">
-[...4 lines deleted...]
-      <c r="Y45" s="416"/>
+      <c r="V45" s="445" t="s">
+        <v>950</v>
+      </c>
+      <c r="W45" s="447"/>
+      <c r="X45" s="447"/>
+      <c r="Y45" s="577"/>
     </row>
     <row r="46" spans="1:25" s="38" customFormat="1" ht="258.75" customHeight="1">
-      <c r="A46" s="477"/>
-[...13 lines deleted...]
-      <c r="O46" s="435"/>
+      <c r="A46" s="518"/>
+      <c r="B46" s="589"/>
+      <c r="C46" s="585"/>
+      <c r="D46" s="586"/>
+      <c r="E46" s="486"/>
+      <c r="F46" s="595"/>
+      <c r="G46" s="486"/>
+      <c r="H46" s="486"/>
+      <c r="I46" s="527"/>
+      <c r="J46" s="527"/>
+      <c r="K46" s="527"/>
+      <c r="L46" s="588"/>
+      <c r="M46" s="583"/>
+      <c r="N46" s="583"/>
+      <c r="O46" s="486"/>
       <c r="P46" s="175" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="Q46" s="139" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R46" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S46" s="18">
         <v>45566</v>
       </c>
       <c r="T46" s="89" t="s">
         <v>239</v>
       </c>
       <c r="U46" s="88"/>
-      <c r="V46" s="429"/>
-[...2 lines deleted...]
-      <c r="Y46" s="418"/>
+      <c r="V46" s="446"/>
+      <c r="W46" s="448"/>
+      <c r="X46" s="448"/>
+      <c r="Y46" s="579"/>
     </row>
     <row r="47" spans="1:25" ht="242.25" customHeight="1">
-      <c r="A47" s="453">
+      <c r="A47" s="447">
         <v>2</v>
       </c>
-      <c r="B47" s="432" t="s">
+      <c r="B47" s="481" t="s">
         <v>41</v>
       </c>
-      <c r="C47" s="458">
+      <c r="C47" s="498">
         <v>5</v>
       </c>
-      <c r="D47" s="460" t="s">
+      <c r="D47" s="500" t="s">
         <v>203</v>
       </c>
-      <c r="E47" s="428" t="s">
-[...8 lines deleted...]
-      <c r="H47" s="453" t="s">
+      <c r="E47" s="445" t="s">
+        <v>485</v>
+      </c>
+      <c r="F47" s="445" t="s">
+        <v>486</v>
+      </c>
+      <c r="G47" s="445" t="s">
+        <v>809</v>
+      </c>
+      <c r="H47" s="447" t="s">
         <v>18</v>
       </c>
-      <c r="I47" s="455">
+      <c r="I47" s="526">
         <f>J47+K47</f>
         <v>46.9</v>
       </c>
-      <c r="J47" s="455">
+      <c r="J47" s="526">
         <v>24.7</v>
       </c>
-      <c r="K47" s="455">
+      <c r="K47" s="526">
         <v>22.2</v>
       </c>
-      <c r="L47" s="455">
+      <c r="L47" s="526">
         <f>I47/2</f>
         <v>23.45</v>
       </c>
-      <c r="M47" s="453" t="s">
+      <c r="M47" s="447" t="s">
         <v>3</v>
       </c>
-      <c r="N47" s="453" t="s">
+      <c r="N47" s="447" t="s">
         <v>126</v>
       </c>
-      <c r="O47" s="428" t="s">
-[...5 lines deleted...]
-      <c r="Q47" s="453" t="s">
+      <c r="O47" s="445" t="s">
+        <v>727</v>
+      </c>
+      <c r="P47" s="487" t="s">
+        <v>381</v>
+      </c>
+      <c r="Q47" s="447" t="s">
+        <v>340</v>
+      </c>
+      <c r="R47" s="447" t="s">
+        <v>293</v>
+      </c>
+      <c r="S47" s="479">
+        <v>44793</v>
+      </c>
+      <c r="T47" s="481" t="s">
         <v>343</v>
       </c>
-      <c r="R47" s="453" t="s">
-[...10 lines deleted...]
-        <v>976</v>
+      <c r="U47" s="424"/>
+      <c r="V47" s="445" t="s">
+        <v>951</v>
       </c>
       <c r="W47" s="149"/>
       <c r="X47" s="149"/>
-      <c r="Y47" s="416"/>
+      <c r="Y47" s="577"/>
     </row>
     <row r="48" spans="1:25" ht="307.5" customHeight="1">
-      <c r="A48" s="454"/>
-[...20 lines deleted...]
-      <c r="V48" s="429"/>
+      <c r="A48" s="448"/>
+      <c r="B48" s="482"/>
+      <c r="C48" s="499"/>
+      <c r="D48" s="501"/>
+      <c r="E48" s="446"/>
+      <c r="F48" s="446"/>
+      <c r="G48" s="446"/>
+      <c r="H48" s="448"/>
+      <c r="I48" s="527"/>
+      <c r="J48" s="527"/>
+      <c r="K48" s="527"/>
+      <c r="L48" s="588"/>
+      <c r="M48" s="448"/>
+      <c r="N48" s="448"/>
+      <c r="O48" s="446"/>
+      <c r="P48" s="489"/>
+      <c r="Q48" s="448"/>
+      <c r="R48" s="448"/>
+      <c r="S48" s="480"/>
+      <c r="T48" s="482"/>
+      <c r="U48" s="425"/>
+      <c r="V48" s="446"/>
       <c r="W48" s="150"/>
       <c r="X48" s="150"/>
-      <c r="Y48" s="418"/>
+      <c r="Y48" s="579"/>
     </row>
     <row r="49" spans="1:25" ht="117.75" customHeight="1">
-      <c r="A49" s="453">
+      <c r="A49" s="447">
         <v>3</v>
       </c>
-      <c r="B49" s="432" t="s">
+      <c r="B49" s="481" t="s">
         <v>42</v>
       </c>
-      <c r="C49" s="458">
+      <c r="C49" s="498">
         <v>6</v>
       </c>
-      <c r="D49" s="460" t="s">
-[...14 lines deleted...]
-      <c r="I49" s="455">
+      <c r="D49" s="500" t="s">
+        <v>487</v>
+      </c>
+      <c r="E49" s="445" t="s">
+        <v>614</v>
+      </c>
+      <c r="F49" s="445" t="s">
+        <v>488</v>
+      </c>
+      <c r="G49" s="445" t="s">
+        <v>489</v>
+      </c>
+      <c r="H49" s="445" t="s">
+        <v>490</v>
+      </c>
+      <c r="I49" s="526">
         <f>J49+K49</f>
         <v>54.7</v>
       </c>
-      <c r="J49" s="455">
+      <c r="J49" s="526">
         <v>27.6</v>
       </c>
-      <c r="K49" s="455">
+      <c r="K49" s="526">
         <v>27.1</v>
       </c>
-      <c r="L49" s="455">
+      <c r="L49" s="526">
         <v>27.35</v>
       </c>
-      <c r="M49" s="478" t="s">
+      <c r="M49" s="583" t="s">
         <v>3</v>
       </c>
-      <c r="N49" s="478" t="s">
+      <c r="N49" s="583" t="s">
         <v>126</v>
       </c>
-      <c r="O49" s="428" t="s">
-        <v>736</v>
+      <c r="O49" s="445" t="s">
+        <v>728</v>
       </c>
       <c r="P49" s="175" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="Q49" s="139" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R49" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S49" s="11">
         <v>44348</v>
       </c>
-      <c r="T49" s="428" t="s">
+      <c r="T49" s="445" t="s">
         <v>240</v>
       </c>
       <c r="U49" s="134"/>
-      <c r="V49" s="428" t="s">
-        <v>977</v>
+      <c r="V49" s="445" t="s">
+        <v>952</v>
       </c>
       <c r="W49" s="149"/>
       <c r="X49" s="149"/>
-      <c r="Y49" s="447"/>
+      <c r="Y49" s="623"/>
     </row>
     <row r="50" spans="1:25" ht="117.75" customHeight="1">
-      <c r="A50" s="477"/>
-[...13 lines deleted...]
-      <c r="O50" s="435"/>
+      <c r="A50" s="518"/>
+      <c r="B50" s="589"/>
+      <c r="C50" s="590"/>
+      <c r="D50" s="591"/>
+      <c r="E50" s="486"/>
+      <c r="F50" s="486"/>
+      <c r="G50" s="486"/>
+      <c r="H50" s="486"/>
+      <c r="I50" s="588"/>
+      <c r="J50" s="588"/>
+      <c r="K50" s="588"/>
+      <c r="L50" s="588"/>
+      <c r="M50" s="583"/>
+      <c r="N50" s="583"/>
+      <c r="O50" s="486"/>
       <c r="P50" s="175" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="Q50" s="139" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R50" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S50" s="11">
         <v>45627</v>
       </c>
-      <c r="T50" s="429"/>
+      <c r="T50" s="446"/>
       <c r="U50" s="134"/>
-      <c r="V50" s="435"/>
+      <c r="V50" s="486"/>
       <c r="W50" s="158"/>
       <c r="X50" s="158"/>
-      <c r="Y50" s="448"/>
+      <c r="Y50" s="624"/>
     </row>
     <row r="51" spans="1:25" ht="117.75" customHeight="1">
-      <c r="A51" s="477"/>
-[...13 lines deleted...]
-      <c r="O51" s="435"/>
+      <c r="A51" s="518"/>
+      <c r="B51" s="589"/>
+      <c r="C51" s="590"/>
+      <c r="D51" s="591"/>
+      <c r="E51" s="486"/>
+      <c r="F51" s="486"/>
+      <c r="G51" s="486"/>
+      <c r="H51" s="486"/>
+      <c r="I51" s="588"/>
+      <c r="J51" s="588"/>
+      <c r="K51" s="588"/>
+      <c r="L51" s="588"/>
+      <c r="M51" s="583"/>
+      <c r="N51" s="583"/>
+      <c r="O51" s="486"/>
       <c r="P51" s="175" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="Q51" s="139" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R51" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S51" s="11">
         <v>45627</v>
       </c>
       <c r="T51" s="109" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="U51" s="134"/>
-      <c r="V51" s="435"/>
+      <c r="V51" s="486"/>
       <c r="W51" s="158"/>
       <c r="X51" s="158"/>
-      <c r="Y51" s="448"/>
+      <c r="Y51" s="624"/>
     </row>
     <row r="52" spans="1:25" ht="153" customHeight="1">
-      <c r="A52" s="477"/>
-[...13 lines deleted...]
-      <c r="O52" s="435"/>
+      <c r="A52" s="518"/>
+      <c r="B52" s="589"/>
+      <c r="C52" s="590"/>
+      <c r="D52" s="591"/>
+      <c r="E52" s="486"/>
+      <c r="F52" s="486"/>
+      <c r="G52" s="486"/>
+      <c r="H52" s="486"/>
+      <c r="I52" s="588"/>
+      <c r="J52" s="588"/>
+      <c r="K52" s="588"/>
+      <c r="L52" s="588"/>
+      <c r="M52" s="583"/>
+      <c r="N52" s="583"/>
+      <c r="O52" s="486"/>
       <c r="P52" s="175" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="Q52" s="139" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R52" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S52" s="11">
         <v>45627</v>
       </c>
-      <c r="T52" s="542" t="s">
+      <c r="T52" s="584" t="s">
         <v>246</v>
       </c>
       <c r="U52" s="134"/>
-      <c r="V52" s="435"/>
+      <c r="V52" s="486"/>
       <c r="W52" s="158"/>
       <c r="X52" s="158"/>
-      <c r="Y52" s="448"/>
+      <c r="Y52" s="624"/>
     </row>
     <row r="53" spans="1:25" ht="180" customHeight="1">
-      <c r="A53" s="454"/>
-[...13 lines deleted...]
-      <c r="O53" s="429"/>
+      <c r="A53" s="448"/>
+      <c r="B53" s="482"/>
+      <c r="C53" s="499"/>
+      <c r="D53" s="501"/>
+      <c r="E53" s="446"/>
+      <c r="F53" s="446"/>
+      <c r="G53" s="446"/>
+      <c r="H53" s="446"/>
+      <c r="I53" s="527"/>
+      <c r="J53" s="527"/>
+      <c r="K53" s="527"/>
+      <c r="L53" s="527"/>
+      <c r="M53" s="583"/>
+      <c r="N53" s="583"/>
+      <c r="O53" s="446"/>
       <c r="P53" s="175" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="Q53" s="139" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R53" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S53" s="11">
         <v>40674</v>
       </c>
-      <c r="T53" s="542"/>
+      <c r="T53" s="584"/>
       <c r="U53" s="146"/>
-      <c r="V53" s="429"/>
+      <c r="V53" s="446"/>
       <c r="W53" s="150"/>
       <c r="X53" s="150"/>
-      <c r="Y53" s="449"/>
+      <c r="Y53" s="625"/>
     </row>
     <row r="54" spans="1:25" ht="153" customHeight="1">
-      <c r="A54" s="453">
+      <c r="A54" s="447">
         <v>4</v>
       </c>
-      <c r="B54" s="432" t="s">
+      <c r="B54" s="481" t="s">
         <v>43</v>
       </c>
-      <c r="C54" s="458">
+      <c r="C54" s="498">
         <v>8</v>
       </c>
-      <c r="D54" s="460" t="s">
+      <c r="D54" s="500" t="s">
         <v>122</v>
       </c>
-      <c r="E54" s="428" t="s">
-[...11 lines deleted...]
-      <c r="I54" s="455">
+      <c r="E54" s="445" t="s">
+        <v>888</v>
+      </c>
+      <c r="F54" s="445" t="s">
+        <v>889</v>
+      </c>
+      <c r="G54" s="500" t="s">
+        <v>854</v>
+      </c>
+      <c r="H54" s="445" t="s">
+        <v>855</v>
+      </c>
+      <c r="I54" s="526">
         <f>J54+K54</f>
         <v>63.8</v>
       </c>
-      <c r="J54" s="455">
+      <c r="J54" s="526">
         <v>32.299999999999997</v>
       </c>
-      <c r="K54" s="455">
+      <c r="K54" s="526">
         <v>31.5</v>
       </c>
-      <c r="L54" s="455">
+      <c r="L54" s="526">
         <v>31.9</v>
       </c>
-      <c r="M54" s="453" t="s">
+      <c r="M54" s="447" t="s">
         <v>3</v>
       </c>
-      <c r="N54" s="453" t="s">
+      <c r="N54" s="447" t="s">
         <v>126</v>
       </c>
-      <c r="O54" s="428" t="s">
-        <v>736</v>
+      <c r="O54" s="445" t="s">
+        <v>997</v>
       </c>
       <c r="P54" s="175" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="Q54" s="139" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R54" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S54" s="11">
         <v>45505</v>
       </c>
       <c r="T54" s="89" t="s">
         <v>247</v>
       </c>
       <c r="U54" s="55"/>
-      <c r="V54" s="428" t="s">
-[...4 lines deleted...]
-      <c r="Y54" s="416"/>
+      <c r="V54" s="445" t="s">
+        <v>892</v>
+      </c>
+      <c r="W54" s="424"/>
+      <c r="X54" s="424"/>
+      <c r="Y54" s="577"/>
     </row>
     <row r="55" spans="1:25" ht="114" customHeight="1">
-      <c r="A55" s="477"/>
-[...13 lines deleted...]
-      <c r="O55" s="435"/>
+      <c r="A55" s="518"/>
+      <c r="B55" s="589"/>
+      <c r="C55" s="590"/>
+      <c r="D55" s="591"/>
+      <c r="E55" s="486"/>
+      <c r="F55" s="486"/>
+      <c r="G55" s="591"/>
+      <c r="H55" s="486"/>
+      <c r="I55" s="588"/>
+      <c r="J55" s="588"/>
+      <c r="K55" s="588"/>
+      <c r="L55" s="588"/>
+      <c r="M55" s="518"/>
+      <c r="N55" s="518"/>
+      <c r="O55" s="486"/>
       <c r="P55" s="175" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="Q55" s="139" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R55" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S55" s="11">
         <v>45523</v>
       </c>
-      <c r="T55" s="491" t="s">
+      <c r="T55" s="466" t="s">
         <v>248</v>
       </c>
-      <c r="U55" s="450"/>
-[...3 lines deleted...]
-      <c r="Y55" s="417"/>
+      <c r="U55" s="516"/>
+      <c r="V55" s="486"/>
+      <c r="W55" s="455"/>
+      <c r="X55" s="455"/>
+      <c r="Y55" s="578"/>
     </row>
     <row r="56" spans="1:25" ht="99" customHeight="1">
-      <c r="A56" s="477"/>
-[...13 lines deleted...]
-      <c r="O56" s="435"/>
+      <c r="A56" s="518"/>
+      <c r="B56" s="589"/>
+      <c r="C56" s="590"/>
+      <c r="D56" s="591"/>
+      <c r="E56" s="486"/>
+      <c r="F56" s="486"/>
+      <c r="G56" s="591"/>
+      <c r="H56" s="486"/>
+      <c r="I56" s="588"/>
+      <c r="J56" s="588"/>
+      <c r="K56" s="588"/>
+      <c r="L56" s="588"/>
+      <c r="M56" s="518"/>
+      <c r="N56" s="518"/>
+      <c r="O56" s="486"/>
       <c r="P56" s="175" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="Q56" s="139" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R56" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S56" s="11">
         <v>45597</v>
       </c>
-      <c r="T56" s="507"/>
-[...4 lines deleted...]
-      <c r="Y56" s="417"/>
+      <c r="T56" s="468"/>
+      <c r="U56" s="517"/>
+      <c r="V56" s="486"/>
+      <c r="W56" s="455"/>
+      <c r="X56" s="455"/>
+      <c r="Y56" s="578"/>
     </row>
     <row r="57" spans="1:25" ht="117.75" customHeight="1">
-      <c r="A57" s="477"/>
-[...13 lines deleted...]
-      <c r="O57" s="435"/>
+      <c r="A57" s="518"/>
+      <c r="B57" s="589"/>
+      <c r="C57" s="590"/>
+      <c r="D57" s="591"/>
+      <c r="E57" s="486"/>
+      <c r="F57" s="486"/>
+      <c r="G57" s="591"/>
+      <c r="H57" s="486"/>
+      <c r="I57" s="588"/>
+      <c r="J57" s="588"/>
+      <c r="K57" s="588"/>
+      <c r="L57" s="588"/>
+      <c r="M57" s="518"/>
+      <c r="N57" s="518"/>
+      <c r="O57" s="486"/>
       <c r="P57" s="175" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="Q57" s="139" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R57" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S57" s="11">
         <v>45566</v>
       </c>
       <c r="T57" s="53" t="s">
         <v>239</v>
       </c>
       <c r="U57" s="54"/>
-      <c r="V57" s="435"/>
-[...2 lines deleted...]
-      <c r="Y57" s="417"/>
+      <c r="V57" s="486"/>
+      <c r="W57" s="455"/>
+      <c r="X57" s="455"/>
+      <c r="Y57" s="578"/>
     </row>
     <row r="58" spans="1:25" ht="85.5" customHeight="1">
-      <c r="A58" s="454"/>
-[...13 lines deleted...]
-      <c r="O58" s="429"/>
+      <c r="A58" s="448"/>
+      <c r="B58" s="482"/>
+      <c r="C58" s="499"/>
+      <c r="D58" s="501"/>
+      <c r="E58" s="446"/>
+      <c r="F58" s="446"/>
+      <c r="G58" s="501"/>
+      <c r="H58" s="446"/>
+      <c r="I58" s="527"/>
+      <c r="J58" s="527"/>
+      <c r="K58" s="527"/>
+      <c r="L58" s="527"/>
+      <c r="M58" s="448"/>
+      <c r="N58" s="448"/>
+      <c r="O58" s="446"/>
       <c r="P58" s="175" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="Q58" s="139" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R58" s="105" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S58" s="11">
         <v>45609</v>
       </c>
       <c r="T58" s="133" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="U58" s="298"/>
-      <c r="V58" s="429"/>
-[...2 lines deleted...]
-      <c r="Y58" s="418"/>
+      <c r="V58" s="446"/>
+      <c r="W58" s="425"/>
+      <c r="X58" s="425"/>
+      <c r="Y58" s="579"/>
     </row>
     <row r="59" spans="1:25" ht="185.25" customHeight="1">
-      <c r="A59" s="453">
+      <c r="A59" s="447">
         <v>5</v>
       </c>
-      <c r="B59" s="432" t="s">
+      <c r="B59" s="481" t="s">
         <v>44</v>
       </c>
-      <c r="C59" s="458">
+      <c r="C59" s="498">
         <v>9</v>
       </c>
-      <c r="D59" s="460" t="s">
+      <c r="D59" s="500" t="s">
         <v>197</v>
       </c>
-      <c r="E59" s="428" t="s">
-[...11 lines deleted...]
-      <c r="I59" s="455">
+      <c r="E59" s="445" t="s">
+        <v>851</v>
+      </c>
+      <c r="F59" s="445" t="s">
+        <v>783</v>
+      </c>
+      <c r="G59" s="445" t="s">
+        <v>769</v>
+      </c>
+      <c r="H59" s="445" t="s">
+        <v>770</v>
+      </c>
+      <c r="I59" s="526">
         <f>J59+K59</f>
         <v>63.599999999999994</v>
       </c>
-      <c r="J59" s="455">
+      <c r="J59" s="526">
         <v>31.9</v>
       </c>
-      <c r="K59" s="455">
+      <c r="K59" s="526">
         <v>31.7</v>
       </c>
-      <c r="L59" s="455">
+      <c r="L59" s="526">
         <v>31.8</v>
       </c>
-      <c r="M59" s="478" t="s">
+      <c r="M59" s="583" t="s">
         <v>3</v>
       </c>
-      <c r="N59" s="478" t="s">
+      <c r="N59" s="583" t="s">
         <v>126</v>
       </c>
-      <c r="O59" s="428" t="s">
-        <v>737</v>
+      <c r="O59" s="445" t="s">
+        <v>729</v>
       </c>
       <c r="P59" s="175" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="Q59" s="139" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R59" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S59" s="11">
-        <v>44873</v>
-[...2 lines deleted...]
-        <v>264</v>
+        <v>42249</v>
+      </c>
+      <c r="T59" s="417" t="s">
+        <v>249</v>
       </c>
       <c r="U59" s="55"/>
-      <c r="V59" s="428" t="s">
-[...4 lines deleted...]
-      <c r="Y59" s="416"/>
+      <c r="V59" s="445" t="s">
+        <v>819</v>
+      </c>
+      <c r="W59" s="424"/>
+      <c r="X59" s="424"/>
+      <c r="Y59" s="577"/>
     </row>
     <row r="60" spans="1:25" ht="198" customHeight="1">
-      <c r="A60" s="477"/>
-[...13 lines deleted...]
-      <c r="O60" s="435"/>
+      <c r="A60" s="518"/>
+      <c r="B60" s="589"/>
+      <c r="C60" s="590"/>
+      <c r="D60" s="591"/>
+      <c r="E60" s="486"/>
+      <c r="F60" s="486"/>
+      <c r="G60" s="486"/>
+      <c r="H60" s="593"/>
+      <c r="I60" s="588"/>
+      <c r="J60" s="588"/>
+      <c r="K60" s="588"/>
+      <c r="L60" s="588"/>
+      <c r="M60" s="583"/>
+      <c r="N60" s="583"/>
+      <c r="O60" s="486"/>
       <c r="P60" s="175" t="s">
-        <v>398</v>
-[...11 lines deleted...]
-        <v>249</v>
+        <v>394</v>
+      </c>
+      <c r="Q60" s="139"/>
+      <c r="R60" s="88"/>
+      <c r="S60" s="11"/>
+      <c r="T60" s="417" t="s">
+        <v>148</v>
       </c>
       <c r="U60" s="55"/>
-      <c r="V60" s="435"/>
-[...2 lines deleted...]
-      <c r="Y60" s="417"/>
+      <c r="V60" s="486"/>
+      <c r="W60" s="455"/>
+      <c r="X60" s="455"/>
+      <c r="Y60" s="578"/>
     </row>
     <row r="61" spans="1:25" ht="228.75" customHeight="1">
-      <c r="A61" s="477"/>
-[...13 lines deleted...]
-      <c r="O61" s="435"/>
+      <c r="A61" s="518"/>
+      <c r="B61" s="589"/>
+      <c r="C61" s="590"/>
+      <c r="D61" s="591"/>
+      <c r="E61" s="486"/>
+      <c r="F61" s="486"/>
+      <c r="G61" s="486"/>
+      <c r="H61" s="593"/>
+      <c r="I61" s="527"/>
+      <c r="J61" s="527"/>
+      <c r="K61" s="527"/>
+      <c r="L61" s="588"/>
+      <c r="M61" s="583"/>
+      <c r="N61" s="583"/>
+      <c r="O61" s="486"/>
       <c r="P61" s="175" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="Q61" s="88"/>
       <c r="R61" s="88"/>
       <c r="S61" s="11"/>
       <c r="T61" s="89" t="s">
         <v>148</v>
       </c>
       <c r="U61" s="63"/>
-      <c r="V61" s="429"/>
-[...2 lines deleted...]
-      <c r="Y61" s="418"/>
+      <c r="V61" s="446"/>
+      <c r="W61" s="425"/>
+      <c r="X61" s="425"/>
+      <c r="Y61" s="579"/>
     </row>
     <row r="62" spans="1:25" ht="108" customHeight="1">
-      <c r="A62" s="453">
+      <c r="A62" s="447">
         <v>6</v>
       </c>
-      <c r="B62" s="432" t="s">
+      <c r="B62" s="481" t="s">
         <v>45</v>
       </c>
-      <c r="C62" s="458">
+      <c r="C62" s="498">
         <v>11</v>
       </c>
-      <c r="D62" s="460" t="s">
-[...11 lines deleted...]
-      <c r="H62" s="453" t="s">
+      <c r="D62" s="500" t="s">
+        <v>615</v>
+      </c>
+      <c r="E62" s="587" t="s">
+        <v>890</v>
+      </c>
+      <c r="F62" s="587" t="s">
+        <v>891</v>
+      </c>
+      <c r="G62" s="587" t="s">
+        <v>493</v>
+      </c>
+      <c r="H62" s="447" t="s">
         <v>18</v>
       </c>
-      <c r="I62" s="455">
+      <c r="I62" s="526">
         <f>J62+K62</f>
         <v>58.1</v>
       </c>
-      <c r="J62" s="455">
+      <c r="J62" s="526">
         <v>29.3</v>
       </c>
-      <c r="K62" s="455">
+      <c r="K62" s="526">
         <v>28.8</v>
       </c>
-      <c r="L62" s="544">
+      <c r="L62" s="528">
         <v>29.05</v>
       </c>
-      <c r="M62" s="478" t="s">
+      <c r="M62" s="583" t="s">
         <v>3</v>
       </c>
-      <c r="N62" s="478" t="s">
+      <c r="N62" s="583" t="s">
         <v>126</v>
       </c>
-      <c r="O62" s="428" t="s">
-        <v>738</v>
+      <c r="O62" s="445" t="s">
+        <v>730</v>
       </c>
       <c r="P62" s="175" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="Q62" s="139" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R62" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S62" s="78">
         <v>45530</v>
       </c>
-      <c r="T62" s="428" t="s">
+      <c r="T62" s="445" t="s">
         <v>241</v>
       </c>
       <c r="U62" s="55"/>
-      <c r="V62" s="428" t="s">
-[...4 lines deleted...]
-      <c r="Y62" s="416"/>
+      <c r="V62" s="445" t="s">
+        <v>892</v>
+      </c>
+      <c r="W62" s="424"/>
+      <c r="X62" s="424"/>
+      <c r="Y62" s="577"/>
     </row>
     <row r="63" spans="1:25" ht="102" customHeight="1">
-      <c r="A63" s="477"/>
-[...13 lines deleted...]
-      <c r="O63" s="435"/>
+      <c r="A63" s="518"/>
+      <c r="B63" s="589"/>
+      <c r="C63" s="590"/>
+      <c r="D63" s="591"/>
+      <c r="E63" s="587"/>
+      <c r="F63" s="587"/>
+      <c r="G63" s="587"/>
+      <c r="H63" s="518"/>
+      <c r="I63" s="588"/>
+      <c r="J63" s="588"/>
+      <c r="K63" s="588"/>
+      <c r="L63" s="528"/>
+      <c r="M63" s="583"/>
+      <c r="N63" s="583"/>
+      <c r="O63" s="486"/>
       <c r="P63" s="175" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="Q63" s="139" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R63" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S63" s="78">
         <v>44799</v>
       </c>
-      <c r="T63" s="435"/>
+      <c r="T63" s="486"/>
       <c r="U63" s="55"/>
-      <c r="V63" s="435"/>
-[...2 lines deleted...]
-      <c r="Y63" s="417"/>
+      <c r="V63" s="486"/>
+      <c r="W63" s="455"/>
+      <c r="X63" s="455"/>
+      <c r="Y63" s="578"/>
     </row>
     <row r="64" spans="1:25" ht="62.25" customHeight="1">
-      <c r="A64" s="477"/>
-[...13 lines deleted...]
-      <c r="O64" s="435"/>
+      <c r="A64" s="518"/>
+      <c r="B64" s="589"/>
+      <c r="C64" s="590"/>
+      <c r="D64" s="591"/>
+      <c r="E64" s="587"/>
+      <c r="F64" s="587"/>
+      <c r="G64" s="587"/>
+      <c r="H64" s="518"/>
+      <c r="I64" s="588"/>
+      <c r="J64" s="588"/>
+      <c r="K64" s="588"/>
+      <c r="L64" s="528"/>
+      <c r="M64" s="583"/>
+      <c r="N64" s="583"/>
+      <c r="O64" s="486"/>
       <c r="P64" s="175" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="Q64" s="139" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R64" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S64" s="118">
         <v>45627</v>
       </c>
-      <c r="T64" s="429"/>
+      <c r="T64" s="446"/>
       <c r="U64" s="55"/>
-      <c r="V64" s="435"/>
-[...2 lines deleted...]
-      <c r="Y64" s="417"/>
+      <c r="V64" s="486"/>
+      <c r="W64" s="455"/>
+      <c r="X64" s="455"/>
+      <c r="Y64" s="578"/>
     </row>
     <row r="65" spans="1:25" ht="114.75" customHeight="1">
-      <c r="A65" s="454"/>
-[...13 lines deleted...]
-      <c r="O65" s="429"/>
+      <c r="A65" s="448"/>
+      <c r="B65" s="482"/>
+      <c r="C65" s="499"/>
+      <c r="D65" s="501"/>
+      <c r="E65" s="587"/>
+      <c r="F65" s="592"/>
+      <c r="G65" s="587"/>
+      <c r="H65" s="448"/>
+      <c r="I65" s="527"/>
+      <c r="J65" s="527"/>
+      <c r="K65" s="527"/>
+      <c r="L65" s="528"/>
+      <c r="M65" s="583"/>
+      <c r="N65" s="583"/>
+      <c r="O65" s="446"/>
       <c r="P65" s="175" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="Q65" s="139" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R65" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S65" s="78">
         <v>45505</v>
       </c>
       <c r="T65" s="79" t="s">
         <v>250</v>
       </c>
       <c r="U65" s="65"/>
-      <c r="V65" s="429"/>
-[...2 lines deleted...]
-      <c r="Y65" s="418"/>
+      <c r="V65" s="446"/>
+      <c r="W65" s="425"/>
+      <c r="X65" s="425"/>
+      <c r="Y65" s="579"/>
     </row>
     <row r="66" spans="1:25" ht="330" customHeight="1">
       <c r="A66" s="76">
         <v>7</v>
       </c>
       <c r="B66" s="93" t="s">
         <v>143</v>
       </c>
       <c r="C66" s="94">
         <v>12</v>
       </c>
       <c r="D66" s="190" t="s">
-        <v>527</v>
+        <v>520</v>
       </c>
       <c r="E66" s="189" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="F66" s="76" t="s">
         <v>18</v>
       </c>
       <c r="G66" s="189" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
       <c r="H66" s="76" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="116">
         <f>J66+K66</f>
         <v>10.5</v>
       </c>
       <c r="J66" s="116">
         <v>4.8499999999999996</v>
       </c>
       <c r="K66" s="116">
         <v>5.65</v>
       </c>
       <c r="L66" s="116">
         <v>5.25</v>
       </c>
       <c r="M66" s="83" t="s">
         <v>3</v>
       </c>
       <c r="N66" s="83" t="s">
         <v>126</v>
       </c>
       <c r="O66" s="205" t="s">
-        <v>739</v>
+        <v>731</v>
       </c>
       <c r="P66" s="175" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="Q66" s="139" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R66" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S66" s="11">
         <v>43539</v>
       </c>
       <c r="T66" s="89" t="s">
         <v>252</v>
       </c>
       <c r="U66" s="65"/>
       <c r="V66" s="293" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="W66" s="149"/>
       <c r="X66" s="149"/>
       <c r="Y66" s="87"/>
     </row>
     <row r="67" spans="1:25" ht="398.25" customHeight="1">
-      <c r="A67" s="453">
+      <c r="A67" s="447">
         <v>8</v>
       </c>
-      <c r="B67" s="542" t="s">
+      <c r="B67" s="584" t="s">
         <v>46</v>
       </c>
-      <c r="C67" s="539">
+      <c r="C67" s="585">
         <v>13</v>
       </c>
-      <c r="D67" s="540" t="s">
-[...11 lines deleted...]
-      <c r="H67" s="453" t="s">
+      <c r="D67" s="586" t="s">
+        <v>521</v>
+      </c>
+      <c r="E67" s="587" t="s">
+        <v>825</v>
+      </c>
+      <c r="F67" s="587" t="s">
+        <v>817</v>
+      </c>
+      <c r="G67" s="587" t="s">
+        <v>818</v>
+      </c>
+      <c r="H67" s="447" t="s">
         <v>18</v>
       </c>
-      <c r="I67" s="455">
+      <c r="I67" s="526">
         <f>J67+K67</f>
         <v>68.599999999999994</v>
       </c>
-      <c r="J67" s="455">
+      <c r="J67" s="526">
         <v>34.299999999999997</v>
       </c>
-      <c r="K67" s="455">
+      <c r="K67" s="526">
         <v>34.299999999999997</v>
       </c>
-      <c r="L67" s="544">
+      <c r="L67" s="528">
         <f>I67/2</f>
         <v>34.299999999999997</v>
       </c>
-      <c r="M67" s="478" t="s">
+      <c r="M67" s="583" t="s">
         <v>3</v>
       </c>
-      <c r="N67" s="478" t="s">
+      <c r="N67" s="583" t="s">
         <v>126</v>
       </c>
-      <c r="O67" s="428" t="s">
-        <v>736</v>
+      <c r="O67" s="445" t="s">
+        <v>728</v>
       </c>
       <c r="P67" s="175" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="Q67" s="138" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R67" s="77" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S67" s="20">
         <v>45480</v>
       </c>
       <c r="T67" s="93" t="s">
         <v>253</v>
       </c>
       <c r="U67" s="65"/>
-      <c r="V67" s="428" t="s">
-        <v>978</v>
+      <c r="V67" s="445" t="s">
+        <v>953</v>
       </c>
       <c r="W67" s="149"/>
       <c r="X67" s="149"/>
-      <c r="Y67" s="416"/>
+      <c r="Y67" s="577"/>
     </row>
     <row r="68" spans="1:25" ht="409.5" customHeight="1">
-      <c r="A68" s="454"/>
-[...13 lines deleted...]
-      <c r="O68" s="429"/>
+      <c r="A68" s="448"/>
+      <c r="B68" s="584"/>
+      <c r="C68" s="585"/>
+      <c r="D68" s="586"/>
+      <c r="E68" s="587"/>
+      <c r="F68" s="587"/>
+      <c r="G68" s="587"/>
+      <c r="H68" s="448"/>
+      <c r="I68" s="527"/>
+      <c r="J68" s="527"/>
+      <c r="K68" s="527"/>
+      <c r="L68" s="528"/>
+      <c r="M68" s="583"/>
+      <c r="N68" s="583"/>
+      <c r="O68" s="446"/>
       <c r="P68" s="175" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="Q68" s="137" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R68" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S68" s="78">
         <v>45480</v>
       </c>
       <c r="T68" s="86" t="s">
         <v>254</v>
       </c>
       <c r="U68" s="63"/>
-      <c r="V68" s="429"/>
+      <c r="V68" s="446"/>
       <c r="W68" s="150"/>
       <c r="X68" s="150"/>
-      <c r="Y68" s="418"/>
+      <c r="Y68" s="579"/>
     </row>
     <row r="69" spans="1:25" ht="354" customHeight="1">
-      <c r="A69" s="546">
+      <c r="A69" s="473">
         <v>9</v>
       </c>
-      <c r="B69" s="548" t="s">
+      <c r="B69" s="511" t="s">
         <v>47</v>
       </c>
-      <c r="C69" s="463">
+      <c r="C69" s="512">
         <v>14</v>
       </c>
-      <c r="D69" s="486" t="s">
+      <c r="D69" s="469" t="s">
         <v>205</v>
       </c>
-      <c r="E69" s="471" t="s">
-[...11 lines deleted...]
-      <c r="I69" s="445">
+      <c r="E69" s="442" t="s">
+        <v>616</v>
+      </c>
+      <c r="F69" s="442" t="s">
+        <v>495</v>
+      </c>
+      <c r="G69" s="442" t="s">
+        <v>810</v>
+      </c>
+      <c r="H69" s="442" t="s">
+        <v>826</v>
+      </c>
+      <c r="I69" s="452">
         <f>J69+K69</f>
         <v>65.599999999999994</v>
       </c>
-      <c r="J69" s="445">
+      <c r="J69" s="452">
         <v>34</v>
       </c>
-      <c r="K69" s="445">
+      <c r="K69" s="452">
         <v>31.6</v>
       </c>
-      <c r="L69" s="445">
+      <c r="L69" s="452">
         <f>I69/2</f>
         <v>32.799999999999997</v>
       </c>
-      <c r="M69" s="413" t="s">
+      <c r="M69" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N69" s="413" t="s">
+      <c r="N69" s="424" t="s">
         <v>126</v>
       </c>
-      <c r="O69" s="465" t="s">
-        <v>736</v>
+      <c r="O69" s="441" t="s">
+        <v>728</v>
       </c>
       <c r="P69" s="41" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="Q69" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R69" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S69" s="56">
         <v>41481</v>
       </c>
-      <c r="T69" s="479" t="s">
+      <c r="T69" s="428" t="s">
         <v>255</v>
       </c>
-      <c r="U69" s="413"/>
-[...1 lines deleted...]
-        <v>979</v>
+      <c r="U69" s="424"/>
+      <c r="V69" s="445" t="s">
+        <v>954</v>
       </c>
       <c r="W69" s="149"/>
       <c r="X69" s="149"/>
-      <c r="Y69" s="416"/>
+      <c r="Y69" s="577"/>
     </row>
     <row r="70" spans="1:25" ht="363" customHeight="1">
-      <c r="A70" s="547"/>
-[...13 lines deleted...]
-      <c r="O70" s="466"/>
+      <c r="A70" s="474"/>
+      <c r="B70" s="463"/>
+      <c r="C70" s="465"/>
+      <c r="D70" s="471"/>
+      <c r="E70" s="443"/>
+      <c r="F70" s="443"/>
+      <c r="G70" s="443"/>
+      <c r="H70" s="443"/>
+      <c r="I70" s="472"/>
+      <c r="J70" s="472"/>
+      <c r="K70" s="472"/>
+      <c r="L70" s="472"/>
+      <c r="M70" s="425"/>
+      <c r="N70" s="425"/>
+      <c r="O70" s="443"/>
       <c r="P70" s="41" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="Q70" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R70" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S70" s="56">
         <v>45597</v>
       </c>
-      <c r="T70" s="521"/>
-[...1 lines deleted...]
-      <c r="V70" s="429"/>
+      <c r="T70" s="429"/>
+      <c r="U70" s="425"/>
+      <c r="V70" s="446"/>
       <c r="W70" s="150"/>
       <c r="X70" s="150"/>
-      <c r="Y70" s="418"/>
+      <c r="Y70" s="579"/>
     </row>
     <row r="71" spans="1:25" ht="311.25" customHeight="1">
       <c r="A71" s="240">
         <v>10</v>
       </c>
       <c r="B71" s="238" t="s">
         <v>48</v>
       </c>
       <c r="C71" s="239">
         <v>16</v>
       </c>
       <c r="D71" s="236" t="s">
         <v>118</v>
       </c>
-      <c r="E71" s="317" t="s">
-[...3 lines deleted...]
-        <v>923</v>
+      <c r="E71" s="316" t="s">
+        <v>617</v>
+      </c>
+      <c r="F71" s="355" t="s">
+        <v>907</v>
       </c>
       <c r="G71" s="233" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="H71" s="233" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="I71" s="241">
         <f>J71+K71</f>
         <v>27.200000000000003</v>
       </c>
       <c r="J71" s="241">
         <v>14.4</v>
       </c>
       <c r="K71" s="241">
         <v>12.8</v>
       </c>
       <c r="L71" s="241">
         <v>13.6</v>
       </c>
       <c r="M71" s="234" t="s">
         <v>3</v>
       </c>
       <c r="N71" s="234" t="s">
         <v>126</v>
       </c>
-      <c r="O71" s="412" t="s">
-        <v>740</v>
+      <c r="O71" s="413" t="s">
+        <v>738</v>
       </c>
       <c r="P71" s="246" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="Q71" s="237" t="s">
-        <v>815</v>
-[...2 lines deleted...]
-        <v>929</v>
+        <v>804</v>
+      </c>
+      <c r="R71" s="372" t="s">
+        <v>911</v>
       </c>
       <c r="S71" s="235">
         <v>45962</v>
       </c>
       <c r="T71" s="242" t="s">
         <v>255</v>
       </c>
       <c r="U71" s="235">
         <v>46234</v>
       </c>
       <c r="V71" s="293" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="W71" s="149"/>
       <c r="X71" s="149"/>
       <c r="Y71" s="21"/>
     </row>
     <row r="72" spans="1:25" ht="231.75" customHeight="1">
-      <c r="A72" s="546">
+      <c r="A72" s="473">
         <v>11</v>
       </c>
-      <c r="B72" s="488" t="s">
+      <c r="B72" s="462" t="s">
         <v>49</v>
       </c>
-      <c r="C72" s="462">
+      <c r="C72" s="464">
         <v>18</v>
       </c>
-      <c r="D72" s="486" t="s">
-[...14 lines deleted...]
-      <c r="I72" s="445">
+      <c r="D72" s="469" t="s">
+        <v>365</v>
+      </c>
+      <c r="E72" s="441" t="s">
+        <v>827</v>
+      </c>
+      <c r="F72" s="441" t="s">
+        <v>828</v>
+      </c>
+      <c r="G72" s="441" t="s">
+        <v>829</v>
+      </c>
+      <c r="H72" s="441" t="s">
+        <v>830</v>
+      </c>
+      <c r="I72" s="452">
         <f>J72+K72</f>
         <v>65.5</v>
       </c>
-      <c r="J72" s="445">
+      <c r="J72" s="452">
         <v>32.1</v>
       </c>
-      <c r="K72" s="445">
+      <c r="K72" s="452">
         <v>33.4</v>
       </c>
-      <c r="L72" s="445">
+      <c r="L72" s="452">
         <f>I72/2</f>
         <v>32.75</v>
       </c>
-      <c r="M72" s="413" t="s">
+      <c r="M72" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N72" s="413" t="s">
+      <c r="N72" s="424" t="s">
         <v>126</v>
       </c>
-      <c r="O72" s="465" t="s">
-        <v>740</v>
+      <c r="O72" s="441" t="s">
+        <v>732</v>
       </c>
       <c r="P72" s="41" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="Q72" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R72" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S72" s="121">
         <v>42424</v>
       </c>
       <c r="T72" s="33" t="s">
         <v>242</v>
       </c>
       <c r="U72" s="55"/>
-      <c r="V72" s="428" t="s">
-        <v>980</v>
+      <c r="V72" s="445" t="s">
+        <v>955</v>
       </c>
       <c r="W72" s="155"/>
       <c r="X72" s="155"/>
       <c r="Y72" s="21"/>
     </row>
     <row r="73" spans="1:25" ht="267.75" customHeight="1">
-      <c r="A73" s="549"/>
-[...13 lines deleted...]
-      <c r="O73" s="471"/>
+      <c r="A73" s="514"/>
+      <c r="B73" s="511"/>
+      <c r="C73" s="512"/>
+      <c r="D73" s="470"/>
+      <c r="E73" s="442"/>
+      <c r="F73" s="442"/>
+      <c r="G73" s="442"/>
+      <c r="H73" s="442"/>
+      <c r="I73" s="453"/>
+      <c r="J73" s="453"/>
+      <c r="K73" s="453"/>
+      <c r="L73" s="453"/>
+      <c r="M73" s="455"/>
+      <c r="N73" s="455"/>
+      <c r="O73" s="442"/>
       <c r="P73" s="41" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="Q73" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R73" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S73" s="75">
         <v>42443</v>
       </c>
-      <c r="T73" s="479" t="s">
+      <c r="T73" s="428" t="s">
         <v>241</v>
       </c>
-      <c r="U73" s="413"/>
-      <c r="V73" s="435"/>
+      <c r="U73" s="424"/>
+      <c r="V73" s="486"/>
       <c r="W73" s="149"/>
       <c r="X73" s="149"/>
-      <c r="Y73" s="425"/>
+      <c r="Y73" s="430"/>
     </row>
     <row r="74" spans="1:25" ht="267.75" customHeight="1">
-      <c r="A74" s="547"/>
-[...13 lines deleted...]
-      <c r="O74" s="466"/>
+      <c r="A74" s="474"/>
+      <c r="B74" s="463"/>
+      <c r="C74" s="465"/>
+      <c r="D74" s="471"/>
+      <c r="E74" s="443"/>
+      <c r="F74" s="443"/>
+      <c r="G74" s="443"/>
+      <c r="H74" s="443"/>
+      <c r="I74" s="472"/>
+      <c r="J74" s="472"/>
+      <c r="K74" s="472"/>
+      <c r="L74" s="472"/>
+      <c r="M74" s="425"/>
+      <c r="N74" s="425"/>
+      <c r="O74" s="443"/>
       <c r="P74" s="41" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="Q74" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R74" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S74" s="75">
         <v>42446</v>
       </c>
-      <c r="T74" s="521"/>
-[...1 lines deleted...]
-      <c r="V74" s="429"/>
+      <c r="T74" s="429"/>
+      <c r="U74" s="425"/>
+      <c r="V74" s="446"/>
       <c r="W74" s="150"/>
       <c r="X74" s="150"/>
-      <c r="Y74" s="427"/>
+      <c r="Y74" s="431"/>
     </row>
     <row r="75" spans="1:25" ht="267.75" customHeight="1">
       <c r="A75" s="71">
         <v>12</v>
       </c>
       <c r="B75" s="67" t="s">
         <v>50</v>
       </c>
       <c r="C75" s="68">
         <v>19</v>
       </c>
       <c r="D75" s="191" t="s">
-        <v>529</v>
-[...5 lines deleted...]
-        <v>844</v>
+        <v>522</v>
+      </c>
+      <c r="E75" s="316" t="s">
+        <v>523</v>
+      </c>
+      <c r="F75" s="316" t="s">
+        <v>831</v>
       </c>
       <c r="G75" s="197" t="s">
-        <v>627</v>
+        <v>619</v>
       </c>
       <c r="H75" s="197" t="s">
-        <v>628</v>
+        <v>620</v>
       </c>
       <c r="I75" s="117">
         <f>J75+K75</f>
         <v>19.3</v>
       </c>
       <c r="J75" s="117">
         <v>8.5</v>
       </c>
       <c r="K75" s="117">
         <v>10.8</v>
       </c>
       <c r="L75" s="117">
         <v>9.65</v>
       </c>
       <c r="M75" s="65" t="s">
         <v>3</v>
       </c>
       <c r="N75" s="65" t="s">
         <v>126</v>
       </c>
       <c r="O75" s="206" t="s">
-        <v>741</v>
+        <v>733</v>
       </c>
       <c r="P75" s="173" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="Q75" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R75" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S75" s="74">
         <v>43539</v>
       </c>
       <c r="T75" s="85" t="s">
         <v>251</v>
       </c>
       <c r="U75" s="55"/>
       <c r="V75" s="295" t="s">
-        <v>833</v>
+        <v>820</v>
       </c>
       <c r="W75" s="155"/>
       <c r="X75" s="155"/>
       <c r="Y75" s="22"/>
     </row>
     <row r="76" spans="1:25" ht="223.5" customHeight="1">
-      <c r="A76" s="546">
+      <c r="A76" s="473">
         <v>13</v>
       </c>
-      <c r="B76" s="488" t="s">
+      <c r="B76" s="462" t="s">
         <v>51</v>
       </c>
-      <c r="C76" s="462">
+      <c r="C76" s="464">
         <v>21</v>
       </c>
-      <c r="D76" s="486" t="s">
-[...14 lines deleted...]
-      <c r="I76" s="445">
+      <c r="D76" s="469" t="s">
+        <v>497</v>
+      </c>
+      <c r="E76" s="441" t="s">
+        <v>784</v>
+      </c>
+      <c r="F76" s="441" t="s">
+        <v>785</v>
+      </c>
+      <c r="G76" s="441" t="s">
+        <v>621</v>
+      </c>
+      <c r="H76" s="441" t="s">
+        <v>622</v>
+      </c>
+      <c r="I76" s="452">
         <f>J76+K76</f>
         <v>40.1</v>
       </c>
-      <c r="J76" s="445">
+      <c r="J76" s="452">
         <v>20.100000000000001</v>
       </c>
-      <c r="K76" s="445">
+      <c r="K76" s="452">
         <v>20</v>
       </c>
-      <c r="L76" s="445">
+      <c r="L76" s="452">
         <v>20.05</v>
       </c>
-      <c r="M76" s="413" t="s">
+      <c r="M76" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N76" s="413" t="s">
+      <c r="N76" s="424" t="s">
         <v>126</v>
       </c>
-      <c r="O76" s="465" t="s">
-[...11 lines deleted...]
-      <c r="S76" s="475">
+      <c r="O76" s="441" t="s">
+        <v>727</v>
+      </c>
+      <c r="P76" s="483" t="s">
+        <v>398</v>
+      </c>
+      <c r="Q76" s="424" t="s">
+        <v>340</v>
+      </c>
+      <c r="R76" s="424" t="s">
+        <v>293</v>
+      </c>
+      <c r="S76" s="426">
         <v>41481</v>
       </c>
-      <c r="T76" s="465" t="s">
-[...4 lines deleted...]
-        <v>981</v>
+      <c r="T76" s="441" t="s">
+        <v>344</v>
+      </c>
+      <c r="U76" s="424"/>
+      <c r="V76" s="445" t="s">
+        <v>956</v>
       </c>
       <c r="W76" s="149"/>
       <c r="X76" s="149"/>
-      <c r="Y76" s="425"/>
+      <c r="Y76" s="430"/>
     </row>
     <row r="77" spans="1:25" ht="225" customHeight="1">
-      <c r="A77" s="547"/>
-[...20 lines deleted...]
-      <c r="V77" s="429"/>
+      <c r="A77" s="474"/>
+      <c r="B77" s="463"/>
+      <c r="C77" s="465"/>
+      <c r="D77" s="471"/>
+      <c r="E77" s="443"/>
+      <c r="F77" s="443"/>
+      <c r="G77" s="443"/>
+      <c r="H77" s="443"/>
+      <c r="I77" s="472"/>
+      <c r="J77" s="472"/>
+      <c r="K77" s="472"/>
+      <c r="L77" s="472"/>
+      <c r="M77" s="425"/>
+      <c r="N77" s="425"/>
+      <c r="O77" s="443"/>
+      <c r="P77" s="484"/>
+      <c r="Q77" s="425"/>
+      <c r="R77" s="425"/>
+      <c r="S77" s="427"/>
+      <c r="T77" s="443"/>
+      <c r="U77" s="425"/>
+      <c r="V77" s="446"/>
       <c r="W77" s="150"/>
       <c r="X77" s="150"/>
-      <c r="Y77" s="427"/>
+      <c r="Y77" s="431"/>
     </row>
     <row r="78" spans="1:25" ht="409.5" customHeight="1">
-      <c r="A78" s="546">
+      <c r="A78" s="473">
         <v>14</v>
       </c>
-      <c r="B78" s="491" t="s">
+      <c r="B78" s="466" t="s">
         <v>52</v>
       </c>
-      <c r="C78" s="462">
+      <c r="C78" s="464">
         <v>23</v>
       </c>
-      <c r="D78" s="486" t="s">
-[...8 lines deleted...]
-      <c r="G78" s="465" t="s">
+      <c r="D78" s="469" t="s">
+        <v>505</v>
+      </c>
+      <c r="E78" s="441" t="s">
+        <v>913</v>
+      </c>
+      <c r="F78" s="441" t="s">
+        <v>914</v>
+      </c>
+      <c r="G78" s="441" t="s">
         <v>181</v>
       </c>
-      <c r="H78" s="413" t="s">
+      <c r="H78" s="424" t="s">
         <v>18</v>
       </c>
-      <c r="I78" s="445">
+      <c r="I78" s="452">
         <f>J78+K78</f>
         <v>52.2</v>
       </c>
-      <c r="J78" s="445">
+      <c r="J78" s="452">
         <v>26.1</v>
       </c>
-      <c r="K78" s="445">
+      <c r="K78" s="452">
         <v>26.1</v>
       </c>
-      <c r="L78" s="445">
+      <c r="L78" s="452">
         <v>26.1</v>
       </c>
-      <c r="M78" s="413" t="s">
+      <c r="M78" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N78" s="413" t="s">
+      <c r="N78" s="424" t="s">
         <v>126</v>
       </c>
-      <c r="O78" s="465" t="s">
-[...5 lines deleted...]
-      <c r="Q78" s="413" t="s">
+      <c r="O78" s="441" t="s">
+        <v>727</v>
+      </c>
+      <c r="P78" s="483" t="s">
+        <v>373</v>
+      </c>
+      <c r="Q78" s="424" t="s">
         <v>223</v>
       </c>
-      <c r="R78" s="413" t="s">
-[...2 lines deleted...]
-      <c r="S78" s="475">
+      <c r="R78" s="424" t="s">
+        <v>938</v>
+      </c>
+      <c r="S78" s="426">
         <v>45992</v>
       </c>
-      <c r="T78" s="465" t="s">
-[...2 lines deleted...]
-      <c r="U78" s="475">
+      <c r="T78" s="441" t="s">
+        <v>345</v>
+      </c>
+      <c r="U78" s="426">
         <v>46234</v>
       </c>
-      <c r="V78" s="428" t="s">
-        <v>943</v>
+      <c r="V78" s="445" t="s">
+        <v>922</v>
       </c>
       <c r="W78" s="149"/>
       <c r="X78" s="149"/>
-      <c r="Y78" s="425"/>
+      <c r="Y78" s="430"/>
     </row>
     <row r="79" spans="1:25" ht="82.5" customHeight="1">
-      <c r="A79" s="547"/>
-[...20 lines deleted...]
-      <c r="V79" s="429"/>
+      <c r="A79" s="474"/>
+      <c r="B79" s="468"/>
+      <c r="C79" s="465"/>
+      <c r="D79" s="471"/>
+      <c r="E79" s="443"/>
+      <c r="F79" s="443"/>
+      <c r="G79" s="443"/>
+      <c r="H79" s="425"/>
+      <c r="I79" s="472"/>
+      <c r="J79" s="472"/>
+      <c r="K79" s="472"/>
+      <c r="L79" s="472"/>
+      <c r="M79" s="425"/>
+      <c r="N79" s="425"/>
+      <c r="O79" s="443"/>
+      <c r="P79" s="484"/>
+      <c r="Q79" s="425"/>
+      <c r="R79" s="425"/>
+      <c r="S79" s="427"/>
+      <c r="T79" s="443"/>
+      <c r="U79" s="425"/>
+      <c r="V79" s="446"/>
       <c r="W79" s="150"/>
       <c r="X79" s="150"/>
-      <c r="Y79" s="427"/>
+      <c r="Y79" s="431"/>
     </row>
     <row r="80" spans="1:25" ht="215.25" customHeight="1">
       <c r="A80" s="71">
         <v>15</v>
       </c>
       <c r="B80" s="52" t="s">
         <v>53</v>
       </c>
       <c r="C80" s="68">
         <v>24</v>
       </c>
       <c r="D80" s="191" t="s">
-        <v>511</v>
-[...11 lines deleted...]
-        <v>356</v>
+        <v>507</v>
+      </c>
+      <c r="E80" s="418" t="s">
+        <v>1012</v>
+      </c>
+      <c r="F80" s="418" t="s">
+        <v>1013</v>
+      </c>
+      <c r="G80" s="418" t="s">
+        <v>1014</v>
+      </c>
+      <c r="H80" s="420" t="s">
+        <v>18</v>
       </c>
       <c r="I80" s="117">
         <f>J80+K80</f>
-        <v>18.399999999999999</v>
+        <v>18.2</v>
       </c>
       <c r="J80" s="117">
-        <v>9.4</v>
+        <v>9.1999999999999993</v>
       </c>
       <c r="K80" s="117">
         <v>9</v>
       </c>
       <c r="L80" s="117">
         <f>I80/2</f>
-        <v>9.1999999999999993</v>
+        <v>9.1</v>
       </c>
       <c r="M80" s="65" t="s">
         <v>3</v>
       </c>
       <c r="N80" s="65" t="s">
         <v>126</v>
       </c>
       <c r="O80" s="206" t="s">
-        <v>742</v>
+        <v>734</v>
       </c>
       <c r="P80" s="173" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="Q80" s="135" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R80" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S80" s="62">
         <v>44034</v>
       </c>
       <c r="T80" s="85" t="s">
         <v>256</v>
       </c>
       <c r="U80" s="55"/>
-      <c r="V80" s="385" t="s">
-        <v>982</v>
+      <c r="V80" s="419" t="s">
+        <v>1015</v>
       </c>
       <c r="W80" s="149"/>
       <c r="X80" s="149"/>
       <c r="Y80" s="26"/>
     </row>
     <row r="81" spans="1:25" ht="409.5" customHeight="1">
       <c r="A81" s="71">
         <v>16</v>
       </c>
       <c r="B81" s="46" t="s">
         <v>151</v>
       </c>
       <c r="C81" s="68">
         <v>25</v>
       </c>
       <c r="D81" s="191" t="s">
-        <v>531</v>
+        <v>524</v>
       </c>
       <c r="E81" s="47" t="s">
-        <v>845</v>
-[...2 lines deleted...]
-        <v>705</v>
+        <v>832</v>
+      </c>
+      <c r="F81" s="316" t="s">
+        <v>697</v>
       </c>
       <c r="G81" s="199" t="s">
-        <v>631</v>
+        <v>623</v>
       </c>
       <c r="H81" s="68" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="117">
         <f>J81+K81</f>
         <v>30.700000000000003</v>
       </c>
       <c r="J81" s="117">
         <v>15.4</v>
       </c>
       <c r="K81" s="117">
         <v>15.3</v>
       </c>
       <c r="L81" s="117">
         <v>15.35</v>
       </c>
       <c r="M81" s="65" t="s">
         <v>3</v>
       </c>
       <c r="N81" s="65" t="s">
         <v>126</v>
       </c>
       <c r="O81" s="206" t="s">
-        <v>761</v>
+        <v>752</v>
       </c>
       <c r="P81" s="173" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="Q81" s="55"/>
       <c r="R81" s="55"/>
       <c r="S81" s="56"/>
       <c r="T81" s="80" t="s">
         <v>148</v>
       </c>
       <c r="U81" s="55"/>
-      <c r="V81" s="339" t="s">
-        <v>832</v>
+      <c r="V81" s="338" t="s">
+        <v>819</v>
       </c>
       <c r="W81" s="155"/>
       <c r="X81" s="155"/>
       <c r="Y81" s="22"/>
     </row>
     <row r="82" spans="1:25" ht="72" customHeight="1">
-      <c r="A82" s="546">
+      <c r="A82" s="473">
         <v>17</v>
       </c>
-      <c r="B82" s="488" t="s">
+      <c r="B82" s="462" t="s">
         <v>54</v>
       </c>
-      <c r="C82" s="462">
+      <c r="C82" s="464">
         <v>27</v>
       </c>
-      <c r="D82" s="486" t="s">
+      <c r="D82" s="469" t="s">
         <v>196</v>
       </c>
-      <c r="E82" s="465" t="s">
-[...2 lines deleted...]
-      <c r="F82" s="413" t="s">
+      <c r="E82" s="441" t="s">
+        <v>525</v>
+      </c>
+      <c r="F82" s="424" t="s">
         <v>18</v>
       </c>
-      <c r="G82" s="465" t="s">
+      <c r="G82" s="441" t="s">
         <v>184</v>
       </c>
-      <c r="H82" s="465" t="s">
+      <c r="H82" s="441" t="s">
         <v>195</v>
       </c>
-      <c r="I82" s="445">
+      <c r="I82" s="452">
         <f>J82+K82</f>
         <v>39.799999999999997</v>
       </c>
-      <c r="J82" s="445">
+      <c r="J82" s="452">
         <v>19.899999999999999</v>
       </c>
-      <c r="K82" s="445">
+      <c r="K82" s="452">
         <v>19.899999999999999</v>
       </c>
-      <c r="L82" s="445">
+      <c r="L82" s="452">
         <v>19.899999999999999</v>
       </c>
-      <c r="M82" s="413" t="s">
+      <c r="M82" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N82" s="413" t="s">
+      <c r="N82" s="424" t="s">
         <v>126</v>
       </c>
-      <c r="O82" s="465" t="s">
-        <v>743</v>
+      <c r="O82" s="441" t="s">
+        <v>735</v>
       </c>
       <c r="P82" s="41" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="Q82" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R82" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S82" s="78">
         <v>46000</v>
       </c>
-      <c r="T82" s="551" t="s">
+      <c r="T82" s="580" t="s">
         <v>257</v>
       </c>
-      <c r="U82" s="422"/>
-[...1 lines deleted...]
-        <v>983</v>
+      <c r="U82" s="493"/>
+      <c r="V82" s="487" t="s">
+        <v>957</v>
       </c>
       <c r="W82" s="153"/>
       <c r="X82" s="153"/>
-      <c r="Y82" s="416"/>
+      <c r="Y82" s="577"/>
     </row>
     <row r="83" spans="1:25" ht="88.5" customHeight="1">
-      <c r="A83" s="549"/>
-[...13 lines deleted...]
-      <c r="O83" s="471"/>
+      <c r="A83" s="514"/>
+      <c r="B83" s="511"/>
+      <c r="C83" s="512"/>
+      <c r="D83" s="470"/>
+      <c r="E83" s="442"/>
+      <c r="F83" s="455"/>
+      <c r="G83" s="442"/>
+      <c r="H83" s="442"/>
+      <c r="I83" s="453"/>
+      <c r="J83" s="453"/>
+      <c r="K83" s="453"/>
+      <c r="L83" s="453"/>
+      <c r="M83" s="455"/>
+      <c r="N83" s="455"/>
+      <c r="O83" s="442"/>
       <c r="P83" s="41" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="Q83" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R83" s="119" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S83" s="11">
         <v>43517</v>
       </c>
-      <c r="T83" s="552"/>
-[...1 lines deleted...]
-      <c r="V83" s="420"/>
+      <c r="T83" s="581"/>
+      <c r="U83" s="574"/>
+      <c r="V83" s="488"/>
       <c r="W83" s="161"/>
       <c r="X83" s="161"/>
-      <c r="Y83" s="417"/>
+      <c r="Y83" s="578"/>
     </row>
     <row r="84" spans="1:25" ht="78.75" customHeight="1">
-      <c r="A84" s="549"/>
-[...13 lines deleted...]
-      <c r="O84" s="471"/>
+      <c r="A84" s="514"/>
+      <c r="B84" s="511"/>
+      <c r="C84" s="512"/>
+      <c r="D84" s="470"/>
+      <c r="E84" s="442"/>
+      <c r="F84" s="455"/>
+      <c r="G84" s="442"/>
+      <c r="H84" s="442"/>
+      <c r="I84" s="453"/>
+      <c r="J84" s="453"/>
+      <c r="K84" s="453"/>
+      <c r="L84" s="453"/>
+      <c r="M84" s="455"/>
+      <c r="N84" s="455"/>
+      <c r="O84" s="442"/>
       <c r="P84" s="41" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="Q84" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R84" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S84" s="11">
         <v>45530</v>
       </c>
-      <c r="T84" s="553"/>
-[...1 lines deleted...]
-      <c r="V84" s="420"/>
+      <c r="T84" s="582"/>
+      <c r="U84" s="485"/>
+      <c r="V84" s="488"/>
       <c r="W84" s="161"/>
       <c r="X84" s="161"/>
-      <c r="Y84" s="417"/>
+      <c r="Y84" s="578"/>
     </row>
     <row r="85" spans="1:25" ht="130.5" customHeight="1">
-      <c r="A85" s="547"/>
-[...13 lines deleted...]
-      <c r="O85" s="466"/>
+      <c r="A85" s="474"/>
+      <c r="B85" s="511"/>
+      <c r="C85" s="512"/>
+      <c r="D85" s="470"/>
+      <c r="E85" s="442"/>
+      <c r="F85" s="425"/>
+      <c r="G85" s="442"/>
+      <c r="H85" s="442"/>
+      <c r="I85" s="472"/>
+      <c r="J85" s="472"/>
+      <c r="K85" s="472"/>
+      <c r="L85" s="453"/>
+      <c r="M85" s="455"/>
+      <c r="N85" s="455"/>
+      <c r="O85" s="443"/>
       <c r="P85" s="41" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="Q85" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R85" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S85" s="62">
         <v>45609</v>
       </c>
       <c r="T85" s="132" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="U85" s="63"/>
-      <c r="V85" s="421"/>
+      <c r="V85" s="489"/>
       <c r="W85" s="154"/>
       <c r="X85" s="154"/>
-      <c r="Y85" s="418"/>
+      <c r="Y85" s="579"/>
     </row>
     <row r="86" spans="1:25" ht="386.25" customHeight="1">
-      <c r="A86" s="546">
+      <c r="A86" s="473">
         <v>18</v>
       </c>
-      <c r="B86" s="488" t="s">
+      <c r="B86" s="462" t="s">
         <v>55</v>
       </c>
-      <c r="C86" s="462">
+      <c r="C86" s="464">
         <v>28</v>
       </c>
-      <c r="D86" s="486" t="s">
-[...11 lines deleted...]
-      <c r="H86" s="462" t="s">
+      <c r="D86" s="469" t="s">
+        <v>526</v>
+      </c>
+      <c r="E86" s="441" t="s">
+        <v>624</v>
+      </c>
+      <c r="F86" s="441" t="s">
+        <v>918</v>
+      </c>
+      <c r="G86" s="441" t="s">
+        <v>348</v>
+      </c>
+      <c r="H86" s="464" t="s">
         <v>18</v>
       </c>
-      <c r="I86" s="445">
+      <c r="I86" s="452">
         <f>J86+K86</f>
         <v>71.099999999999994</v>
       </c>
-      <c r="J86" s="445">
+      <c r="J86" s="452">
         <v>35.799999999999997</v>
       </c>
-      <c r="K86" s="445">
+      <c r="K86" s="452">
         <v>35.299999999999997</v>
       </c>
-      <c r="L86" s="445">
+      <c r="L86" s="452">
         <v>35.549999999999997</v>
       </c>
-      <c r="M86" s="413" t="s">
+      <c r="M86" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N86" s="413" t="s">
+      <c r="N86" s="424" t="s">
         <v>126</v>
       </c>
-      <c r="O86" s="465" t="s">
-        <v>736</v>
+      <c r="O86" s="441" t="s">
+        <v>728</v>
       </c>
       <c r="P86" s="41" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="Q86" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R86" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S86" s="62">
         <v>45505</v>
       </c>
       <c r="T86" s="61" t="s">
         <v>247</v>
       </c>
       <c r="U86" s="65"/>
-      <c r="V86" s="428" t="s">
-        <v>945</v>
+      <c r="V86" s="445" t="s">
+        <v>924</v>
       </c>
       <c r="W86" s="149"/>
       <c r="X86" s="149"/>
-      <c r="Y86" s="425"/>
+      <c r="Y86" s="430"/>
     </row>
     <row r="87" spans="1:25" ht="358.5" customHeight="1">
-      <c r="A87" s="547"/>
-[...13 lines deleted...]
-      <c r="O87" s="466"/>
+      <c r="A87" s="474"/>
+      <c r="B87" s="463"/>
+      <c r="C87" s="465"/>
+      <c r="D87" s="471"/>
+      <c r="E87" s="443"/>
+      <c r="F87" s="443"/>
+      <c r="G87" s="443"/>
+      <c r="H87" s="465"/>
+      <c r="I87" s="472"/>
+      <c r="J87" s="472"/>
+      <c r="K87" s="472"/>
+      <c r="L87" s="472"/>
+      <c r="M87" s="455"/>
+      <c r="N87" s="455"/>
+      <c r="O87" s="443"/>
       <c r="P87" s="41" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="Q87" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R87" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S87" s="62">
         <v>45505</v>
       </c>
       <c r="T87" s="61" t="s">
         <v>255</v>
       </c>
       <c r="U87" s="65"/>
-      <c r="V87" s="429"/>
+      <c r="V87" s="446"/>
       <c r="W87" s="150"/>
       <c r="X87" s="150"/>
-      <c r="Y87" s="427"/>
+      <c r="Y87" s="431"/>
     </row>
     <row r="88" spans="1:25" ht="129" customHeight="1">
-      <c r="A88" s="546">
+      <c r="A88" s="473">
         <v>19</v>
       </c>
-      <c r="B88" s="488" t="s">
+      <c r="B88" s="462" t="s">
         <v>56</v>
       </c>
-      <c r="C88" s="462">
+      <c r="C88" s="464">
         <v>29</v>
       </c>
-      <c r="D88" s="486" t="s">
-[...12 lines deleted...]
-      <c r="I88" s="445">
+      <c r="D88" s="469" t="s">
+        <v>527</v>
+      </c>
+      <c r="E88" s="441" t="s">
+        <v>698</v>
+      </c>
+      <c r="F88" s="441" t="s">
+        <v>884</v>
+      </c>
+      <c r="G88" s="441" t="s">
+        <v>492</v>
+      </c>
+      <c r="H88" s="441"/>
+      <c r="I88" s="452">
         <f>J88+K88</f>
         <v>34.200000000000003</v>
       </c>
-      <c r="J88" s="445">
+      <c r="J88" s="452">
         <v>17.100000000000001</v>
       </c>
-      <c r="K88" s="445">
+      <c r="K88" s="452">
         <v>17.100000000000001</v>
       </c>
-      <c r="L88" s="445">
+      <c r="L88" s="452">
         <v>17.100000000000001</v>
       </c>
-      <c r="M88" s="413" t="s">
+      <c r="M88" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N88" s="413" t="s">
+      <c r="N88" s="424" t="s">
         <v>126</v>
       </c>
-      <c r="O88" s="465" t="s">
-        <v>736</v>
+      <c r="O88" s="441" t="s">
+        <v>728</v>
       </c>
       <c r="P88" s="41" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="Q88" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R88" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S88" s="56">
         <v>45770</v>
       </c>
       <c r="T88" s="80" t="s">
         <v>258</v>
       </c>
       <c r="U88" s="63"/>
-      <c r="V88" s="419" t="s">
-[...4 lines deleted...]
-      <c r="Y88" s="425"/>
+      <c r="V88" s="487" t="s">
+        <v>885</v>
+      </c>
+      <c r="W88" s="493"/>
+      <c r="X88" s="493"/>
+      <c r="Y88" s="430"/>
     </row>
     <row r="89" spans="1:25" ht="284.25" customHeight="1">
-      <c r="A89" s="549"/>
-[...13 lines deleted...]
-      <c r="O89" s="471"/>
+      <c r="A89" s="514"/>
+      <c r="B89" s="511"/>
+      <c r="C89" s="512"/>
+      <c r="D89" s="470"/>
+      <c r="E89" s="442"/>
+      <c r="F89" s="442"/>
+      <c r="G89" s="442"/>
+      <c r="H89" s="443"/>
+      <c r="I89" s="472"/>
+      <c r="J89" s="472"/>
+      <c r="K89" s="472"/>
+      <c r="L89" s="453"/>
+      <c r="M89" s="455"/>
+      <c r="N89" s="455"/>
+      <c r="O89" s="442"/>
       <c r="P89" s="41" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="Q89" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R89" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S89" s="78">
         <v>45770</v>
       </c>
       <c r="T89" s="61" t="s">
         <v>253</v>
       </c>
       <c r="U89" s="65"/>
-      <c r="V89" s="421"/>
-[...2 lines deleted...]
-      <c r="Y89" s="427"/>
+      <c r="V89" s="489"/>
+      <c r="W89" s="485"/>
+      <c r="X89" s="485"/>
+      <c r="Y89" s="431"/>
     </row>
     <row r="90" spans="1:25" ht="93.75" customHeight="1">
-      <c r="A90" s="546">
+      <c r="A90" s="473">
         <v>20</v>
       </c>
-      <c r="B90" s="488" t="s">
+      <c r="B90" s="462" t="s">
         <v>57</v>
       </c>
-      <c r="C90" s="462">
+      <c r="C90" s="464">
         <v>30</v>
       </c>
-      <c r="D90" s="486" t="s">
+      <c r="D90" s="469" t="s">
         <v>164</v>
       </c>
-      <c r="E90" s="465" t="s">
-[...11 lines deleted...]
-      <c r="I90" s="445">
+      <c r="E90" s="441" t="s">
+        <v>528</v>
+      </c>
+      <c r="F90" s="441" t="s">
+        <v>529</v>
+      </c>
+      <c r="G90" s="441" t="s">
+        <v>531</v>
+      </c>
+      <c r="H90" s="441" t="s">
+        <v>530</v>
+      </c>
+      <c r="I90" s="452">
         <f>J90+K90</f>
         <v>39.4</v>
       </c>
-      <c r="J90" s="445">
+      <c r="J90" s="452">
         <v>19.399999999999999</v>
       </c>
-      <c r="K90" s="445">
+      <c r="K90" s="452">
         <v>20</v>
       </c>
-      <c r="L90" s="445">
+      <c r="L90" s="452">
         <f>I90/2</f>
         <v>19.7</v>
       </c>
-      <c r="M90" s="413" t="s">
+      <c r="M90" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N90" s="413" t="s">
+      <c r="N90" s="424" t="s">
         <v>126</v>
       </c>
-      <c r="O90" s="465" t="s">
-        <v>736</v>
+      <c r="O90" s="441" t="s">
+        <v>728</v>
       </c>
       <c r="P90" s="41" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="Q90" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R90" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S90" s="62">
         <v>44165</v>
       </c>
       <c r="T90" s="103" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="U90" s="63"/>
-      <c r="V90" s="419" t="s">
-        <v>984</v>
+      <c r="V90" s="487" t="s">
+        <v>958</v>
       </c>
       <c r="W90" s="153"/>
       <c r="X90" s="153"/>
-      <c r="Y90" s="425"/>
+      <c r="Y90" s="430"/>
     </row>
     <row r="91" spans="1:25" ht="119.25" customHeight="1">
-      <c r="A91" s="549"/>
-[...13 lines deleted...]
-      <c r="O91" s="471"/>
+      <c r="A91" s="514"/>
+      <c r="B91" s="511"/>
+      <c r="C91" s="512"/>
+      <c r="D91" s="470"/>
+      <c r="E91" s="442"/>
+      <c r="F91" s="442"/>
+      <c r="G91" s="442"/>
+      <c r="H91" s="442"/>
+      <c r="I91" s="453"/>
+      <c r="J91" s="453"/>
+      <c r="K91" s="453"/>
+      <c r="L91" s="453"/>
+      <c r="M91" s="455"/>
+      <c r="N91" s="455"/>
+      <c r="O91" s="442"/>
       <c r="P91" s="41" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="Q91" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R91" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S91" s="56">
         <v>46006</v>
       </c>
       <c r="T91" s="81" t="s">
         <v>259</v>
       </c>
       <c r="U91" s="63"/>
-      <c r="V91" s="420"/>
+      <c r="V91" s="488"/>
       <c r="W91" s="161"/>
       <c r="X91" s="161"/>
-      <c r="Y91" s="426"/>
+      <c r="Y91" s="444"/>
     </row>
     <row r="92" spans="1:25" ht="138.75" customHeight="1">
-      <c r="A92" s="549"/>
-[...13 lines deleted...]
-      <c r="O92" s="471"/>
+      <c r="A92" s="514"/>
+      <c r="B92" s="511"/>
+      <c r="C92" s="512"/>
+      <c r="D92" s="470"/>
+      <c r="E92" s="442"/>
+      <c r="F92" s="442"/>
+      <c r="G92" s="442"/>
+      <c r="H92" s="442"/>
+      <c r="I92" s="453"/>
+      <c r="J92" s="453"/>
+      <c r="K92" s="453"/>
+      <c r="L92" s="453"/>
+      <c r="M92" s="455"/>
+      <c r="N92" s="455"/>
+      <c r="O92" s="442"/>
       <c r="P92" s="41" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="Q92" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R92" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S92" s="56">
         <v>41429</v>
       </c>
-      <c r="T92" s="479" t="s">
+      <c r="T92" s="428" t="s">
         <v>260</v>
       </c>
-      <c r="U92" s="413"/>
-      <c r="V92" s="420"/>
+      <c r="U92" s="424"/>
+      <c r="V92" s="488"/>
       <c r="W92" s="161"/>
       <c r="X92" s="161"/>
-      <c r="Y92" s="426"/>
+      <c r="Y92" s="444"/>
     </row>
     <row r="93" spans="1:25" ht="158.25" customHeight="1">
-      <c r="A93" s="549"/>
-[...13 lines deleted...]
-      <c r="O93" s="471"/>
+      <c r="A93" s="514"/>
+      <c r="B93" s="511"/>
+      <c r="C93" s="512"/>
+      <c r="D93" s="470"/>
+      <c r="E93" s="442"/>
+      <c r="F93" s="442"/>
+      <c r="G93" s="442"/>
+      <c r="H93" s="442"/>
+      <c r="I93" s="472"/>
+      <c r="J93" s="472"/>
+      <c r="K93" s="472"/>
+      <c r="L93" s="453"/>
+      <c r="M93" s="455"/>
+      <c r="N93" s="455"/>
+      <c r="O93" s="442"/>
       <c r="P93" s="41" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="Q93" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R93" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S93" s="62">
         <v>45449</v>
       </c>
-      <c r="T93" s="480"/>
-[...1 lines deleted...]
-      <c r="V93" s="421"/>
+      <c r="T93" s="576"/>
+      <c r="U93" s="455"/>
+      <c r="V93" s="489"/>
       <c r="W93" s="154"/>
       <c r="X93" s="154"/>
-      <c r="Y93" s="427"/>
+      <c r="Y93" s="431"/>
     </row>
     <row r="94" spans="1:25" ht="124.5" customHeight="1">
-      <c r="A94" s="546">
+      <c r="A94" s="473">
         <v>21</v>
       </c>
-      <c r="B94" s="488" t="s">
+      <c r="B94" s="462" t="s">
         <v>58</v>
       </c>
-      <c r="C94" s="462">
+      <c r="C94" s="464">
         <v>31</v>
       </c>
-      <c r="D94" s="486" t="s">
-[...10 lines deleted...]
-      <c r="I94" s="445">
+      <c r="D94" s="469" t="s">
+        <v>532</v>
+      </c>
+      <c r="E94" s="441" t="s">
+        <v>771</v>
+      </c>
+      <c r="F94" s="441"/>
+      <c r="G94" s="441" t="s">
+        <v>625</v>
+      </c>
+      <c r="H94" s="441"/>
+      <c r="I94" s="452">
         <v>19.600000000000001</v>
       </c>
-      <c r="J94" s="445" t="s">
+      <c r="J94" s="452" t="s">
         <v>18</v>
       </c>
-      <c r="K94" s="445" t="s">
+      <c r="K94" s="452" t="s">
         <v>18</v>
       </c>
-      <c r="L94" s="445">
+      <c r="L94" s="452">
         <v>19.600000000000001</v>
       </c>
-      <c r="M94" s="413" t="s">
+      <c r="M94" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N94" s="413" t="s">
+      <c r="N94" s="424" t="s">
         <v>126</v>
       </c>
-      <c r="O94" s="465" t="s">
-        <v>744</v>
+      <c r="O94" s="441" t="s">
+        <v>736</v>
       </c>
       <c r="P94" s="41" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="Q94" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R94" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S94" s="56">
         <v>45449</v>
       </c>
       <c r="T94" s="61" t="s">
         <v>247</v>
       </c>
       <c r="U94" s="65"/>
-      <c r="V94" s="432" t="s">
-[...4 lines deleted...]
-      <c r="Y94" s="425"/>
+      <c r="V94" s="481" t="s">
+        <v>819</v>
+      </c>
+      <c r="W94" s="424"/>
+      <c r="X94" s="424"/>
+      <c r="Y94" s="430"/>
     </row>
     <row r="95" spans="1:25" ht="125.25" customHeight="1">
-      <c r="A95" s="549"/>
-[...13 lines deleted...]
-      <c r="O95" s="471"/>
+      <c r="A95" s="514"/>
+      <c r="B95" s="511"/>
+      <c r="C95" s="512"/>
+      <c r="D95" s="470"/>
+      <c r="E95" s="442"/>
+      <c r="F95" s="442"/>
+      <c r="G95" s="442"/>
+      <c r="H95" s="442"/>
+      <c r="I95" s="453"/>
+      <c r="J95" s="453"/>
+      <c r="K95" s="453"/>
+      <c r="L95" s="453"/>
+      <c r="M95" s="455"/>
+      <c r="N95" s="455"/>
+      <c r="O95" s="442"/>
       <c r="P95" s="41" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="Q95" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R95" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S95" s="56">
         <v>45480</v>
       </c>
       <c r="T95" s="80" t="s">
         <v>253</v>
       </c>
       <c r="U95" s="55"/>
-      <c r="V95" s="433"/>
-[...2 lines deleted...]
-      <c r="Y95" s="426"/>
+      <c r="V95" s="589"/>
+      <c r="W95" s="455"/>
+      <c r="X95" s="455"/>
+      <c r="Y95" s="444"/>
     </row>
     <row r="96" spans="1:25" ht="125.25" customHeight="1">
-      <c r="A96" s="549"/>
-[...13 lines deleted...]
-      <c r="O96" s="471"/>
+      <c r="A96" s="514"/>
+      <c r="B96" s="511"/>
+      <c r="C96" s="512"/>
+      <c r="D96" s="470"/>
+      <c r="E96" s="442"/>
+      <c r="F96" s="442"/>
+      <c r="G96" s="442"/>
+      <c r="H96" s="442"/>
+      <c r="I96" s="453"/>
+      <c r="J96" s="453"/>
+      <c r="K96" s="453"/>
+      <c r="L96" s="453"/>
+      <c r="M96" s="455"/>
+      <c r="N96" s="455"/>
+      <c r="O96" s="442"/>
       <c r="P96" s="41" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="Q96" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R96" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S96" s="56">
         <v>45483</v>
       </c>
       <c r="T96" s="80" t="s">
         <v>261</v>
       </c>
       <c r="U96" s="55"/>
-      <c r="V96" s="433"/>
-[...2 lines deleted...]
-      <c r="Y96" s="426"/>
+      <c r="V96" s="589"/>
+      <c r="W96" s="455"/>
+      <c r="X96" s="455"/>
+      <c r="Y96" s="444"/>
     </row>
     <row r="97" spans="1:25" ht="141" customHeight="1">
-      <c r="A97" s="547"/>
-[...13 lines deleted...]
-      <c r="O97" s="466"/>
+      <c r="A97" s="474"/>
+      <c r="B97" s="463"/>
+      <c r="C97" s="465"/>
+      <c r="D97" s="471"/>
+      <c r="E97" s="443"/>
+      <c r="F97" s="443"/>
+      <c r="G97" s="443"/>
+      <c r="H97" s="443"/>
+      <c r="I97" s="472"/>
+      <c r="J97" s="472"/>
+      <c r="K97" s="472"/>
+      <c r="L97" s="472"/>
+      <c r="M97" s="455"/>
+      <c r="N97" s="455"/>
+      <c r="O97" s="443"/>
       <c r="P97" s="41" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="Q97" s="55"/>
       <c r="R97" s="55"/>
       <c r="S97" s="62"/>
       <c r="T97" s="61" t="s">
         <v>148</v>
       </c>
       <c r="U97" s="63" t="s">
         <v>18</v>
       </c>
-      <c r="V97" s="434"/>
-[...2 lines deleted...]
-      <c r="Y97" s="427"/>
+      <c r="V97" s="482"/>
+      <c r="W97" s="425"/>
+      <c r="X97" s="425"/>
+      <c r="Y97" s="431"/>
     </row>
-    <row r="98" spans="1:25" s="326" customFormat="1" ht="384" customHeight="1">
-[...3 lines deleted...]
-      <c r="B98" s="321" t="s">
+    <row r="98" spans="1:25" s="325" customFormat="1" ht="384" customHeight="1">
+      <c r="A98" s="326" t="s">
+        <v>339</v>
+      </c>
+      <c r="B98" s="320" t="s">
         <v>226</v>
       </c>
-      <c r="C98" s="322">
+      <c r="C98" s="321">
         <v>33</v>
       </c>
-      <c r="D98" s="323" t="s">
-[...5 lines deleted...]
-      <c r="F98" s="324" t="s">
+      <c r="D98" s="322" t="s">
+        <v>281</v>
+      </c>
+      <c r="E98" s="319" t="s">
+        <v>822</v>
+      </c>
+      <c r="F98" s="323" t="s">
         <v>18</v>
       </c>
-      <c r="G98" s="320" t="s">
+      <c r="G98" s="319" t="s">
         <v>227</v>
       </c>
-      <c r="H98" s="324" t="s">
+      <c r="H98" s="323" t="s">
         <v>18</v>
       </c>
-      <c r="I98" s="324">
+      <c r="I98" s="323">
         <v>16.850000000000001</v>
       </c>
-      <c r="J98" s="324" t="s">
+      <c r="J98" s="323" t="s">
         <v>18</v>
       </c>
-      <c r="K98" s="324" t="s">
+      <c r="K98" s="323" t="s">
         <v>18</v>
       </c>
-      <c r="L98" s="324">
+      <c r="L98" s="323">
         <v>16.850000000000001</v>
       </c>
       <c r="M98" s="253" t="s">
         <v>3</v>
       </c>
       <c r="N98" s="253" t="s">
         <v>126</v>
       </c>
-      <c r="O98" s="320" t="s">
-        <v>761</v>
+      <c r="O98" s="319" t="s">
+        <v>752</v>
       </c>
       <c r="P98" s="252" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="Q98" s="253"/>
       <c r="R98" s="253"/>
       <c r="S98" s="304"/>
-      <c r="T98" s="347" t="s">
+      <c r="T98" s="344" t="s">
         <v>148</v>
       </c>
       <c r="U98" s="303"/>
-      <c r="V98" s="389" t="s">
-        <v>985</v>
+      <c r="V98" s="385" t="s">
+        <v>959</v>
       </c>
       <c r="W98" s="303"/>
       <c r="X98" s="303"/>
-      <c r="Y98" s="325"/>
+      <c r="Y98" s="324"/>
     </row>
     <row r="99" spans="1:25" ht="210.75" customHeight="1">
-      <c r="A99" s="546">
+      <c r="A99" s="473">
         <v>22</v>
       </c>
-      <c r="B99" s="488" t="s">
+      <c r="B99" s="462" t="s">
         <v>59</v>
       </c>
-      <c r="C99" s="462">
+      <c r="C99" s="464">
         <v>34</v>
       </c>
-      <c r="D99" s="486" t="s">
+      <c r="D99" s="469" t="s">
         <v>206</v>
       </c>
-      <c r="E99" s="465" t="s">
-[...11 lines deleted...]
-      <c r="I99" s="445">
+      <c r="E99" s="441" t="s">
+        <v>626</v>
+      </c>
+      <c r="F99" s="441" t="s">
+        <v>533</v>
+      </c>
+      <c r="G99" s="441" t="s">
+        <v>561</v>
+      </c>
+      <c r="H99" s="441" t="s">
+        <v>534</v>
+      </c>
+      <c r="I99" s="452">
         <f>J99+K99</f>
         <v>38.5</v>
       </c>
-      <c r="J99" s="445">
+      <c r="J99" s="452">
         <v>20</v>
       </c>
-      <c r="K99" s="445">
+      <c r="K99" s="452">
         <v>18.5</v>
       </c>
-      <c r="L99" s="445">
+      <c r="L99" s="452">
         <f>I99/2</f>
         <v>19.25</v>
       </c>
-      <c r="M99" s="444" t="s">
+      <c r="M99" s="457" t="s">
         <v>3</v>
       </c>
-      <c r="N99" s="444" t="s">
+      <c r="N99" s="457" t="s">
         <v>126</v>
       </c>
-      <c r="O99" s="465" t="s">
-[...3 lines deleted...]
-        <v>402</v>
+      <c r="O99" s="441" t="s">
+        <v>737</v>
+      </c>
+      <c r="P99" s="387" t="s">
+        <v>398</v>
       </c>
       <c r="Q99" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R99" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S99" s="56">
         <v>46000</v>
       </c>
-      <c r="T99" s="393" t="s">
+      <c r="T99" s="389" t="s">
         <v>257</v>
       </c>
-      <c r="U99" s="392"/>
-[...5 lines deleted...]
-      <c r="Y99" s="425"/>
+      <c r="U99" s="388"/>
+      <c r="V99" s="487" t="s">
+        <v>819</v>
+      </c>
+      <c r="W99" s="493"/>
+      <c r="X99" s="493"/>
+      <c r="Y99" s="430"/>
     </row>
     <row r="100" spans="1:25" ht="267" customHeight="1">
-      <c r="A100" s="547"/>
-[...13 lines deleted...]
-      <c r="O100" s="466"/>
+      <c r="A100" s="474"/>
+      <c r="B100" s="463"/>
+      <c r="C100" s="465"/>
+      <c r="D100" s="471"/>
+      <c r="E100" s="443"/>
+      <c r="F100" s="443"/>
+      <c r="G100" s="443"/>
+      <c r="H100" s="443"/>
+      <c r="I100" s="472"/>
+      <c r="J100" s="472"/>
+      <c r="K100" s="472"/>
+      <c r="L100" s="472"/>
+      <c r="M100" s="457"/>
+      <c r="N100" s="457"/>
+      <c r="O100" s="443"/>
       <c r="P100" s="41" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="Q100" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R100" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S100" s="56">
         <v>45480</v>
       </c>
       <c r="T100" s="80" t="s">
         <v>253</v>
       </c>
       <c r="U100" s="58"/>
-      <c r="V100" s="421"/>
-[...2 lines deleted...]
-      <c r="Y100" s="427"/>
+      <c r="V100" s="489"/>
+      <c r="W100" s="485"/>
+      <c r="X100" s="485"/>
+      <c r="Y100" s="431"/>
     </row>
     <row r="101" spans="1:25" ht="88.5" customHeight="1">
-      <c r="A101" s="413">
+      <c r="A101" s="424">
         <v>23</v>
       </c>
-      <c r="B101" s="479" t="s">
+      <c r="B101" s="428" t="s">
         <v>60</v>
       </c>
-      <c r="C101" s="462">
+      <c r="C101" s="464">
         <v>35</v>
       </c>
-      <c r="D101" s="486" t="s">
+      <c r="D101" s="469" t="s">
         <v>207</v>
       </c>
-      <c r="E101" s="465" t="s">
-[...11 lines deleted...]
-      <c r="I101" s="445">
+      <c r="E101" s="441" t="s">
+        <v>535</v>
+      </c>
+      <c r="F101" s="441" t="s">
+        <v>795</v>
+      </c>
+      <c r="G101" s="441" t="s">
+        <v>536</v>
+      </c>
+      <c r="H101" s="441" t="s">
+        <v>537</v>
+      </c>
+      <c r="I101" s="452">
         <f>J101+K101</f>
         <v>46.2</v>
       </c>
-      <c r="J101" s="445">
+      <c r="J101" s="452">
         <v>23.3</v>
       </c>
-      <c r="K101" s="445">
+      <c r="K101" s="452">
         <v>22.9</v>
       </c>
-      <c r="L101" s="445">
+      <c r="L101" s="452">
         <v>23.1</v>
       </c>
-      <c r="M101" s="444" t="s">
+      <c r="M101" s="457" t="s">
         <v>3</v>
       </c>
-      <c r="N101" s="444" t="s">
+      <c r="N101" s="457" t="s">
         <v>126</v>
       </c>
-      <c r="O101" s="465" t="s">
-[...8 lines deleted...]
-      <c r="T101" s="558" t="s">
+      <c r="O101" s="441" t="s">
+        <v>749</v>
+      </c>
+      <c r="P101" s="483" t="s">
+        <v>409</v>
+      </c>
+      <c r="Q101" s="424"/>
+      <c r="R101" s="424"/>
+      <c r="S101" s="424"/>
+      <c r="T101" s="571" t="s">
         <v>148</v>
       </c>
-      <c r="U101" s="422"/>
-[...1 lines deleted...]
-        <v>986</v>
+      <c r="U101" s="493"/>
+      <c r="V101" s="487" t="s">
+        <v>960</v>
       </c>
       <c r="W101" s="153"/>
       <c r="X101" s="153"/>
-      <c r="Y101" s="554"/>
+      <c r="Y101" s="569"/>
     </row>
     <row r="102" spans="1:25" ht="88.5" customHeight="1">
-      <c r="A102" s="414"/>
-[...20 lines deleted...]
-      <c r="V102" s="420"/>
+      <c r="A102" s="455"/>
+      <c r="B102" s="576"/>
+      <c r="C102" s="512"/>
+      <c r="D102" s="470"/>
+      <c r="E102" s="442"/>
+      <c r="F102" s="442"/>
+      <c r="G102" s="442"/>
+      <c r="H102" s="442"/>
+      <c r="I102" s="453"/>
+      <c r="J102" s="453"/>
+      <c r="K102" s="453"/>
+      <c r="L102" s="453"/>
+      <c r="M102" s="457"/>
+      <c r="N102" s="457"/>
+      <c r="O102" s="442"/>
+      <c r="P102" s="510"/>
+      <c r="Q102" s="455"/>
+      <c r="R102" s="455"/>
+      <c r="S102" s="455"/>
+      <c r="T102" s="572"/>
+      <c r="U102" s="574"/>
+      <c r="V102" s="488"/>
       <c r="W102" s="161"/>
       <c r="X102" s="161"/>
-      <c r="Y102" s="561"/>
+      <c r="Y102" s="575"/>
     </row>
     <row r="103" spans="1:25" ht="88.5" customHeight="1">
-      <c r="A103" s="414"/>
-[...20 lines deleted...]
-      <c r="V103" s="420"/>
+      <c r="A103" s="455"/>
+      <c r="B103" s="576"/>
+      <c r="C103" s="512"/>
+      <c r="D103" s="470"/>
+      <c r="E103" s="442"/>
+      <c r="F103" s="442"/>
+      <c r="G103" s="442"/>
+      <c r="H103" s="442"/>
+      <c r="I103" s="453"/>
+      <c r="J103" s="453"/>
+      <c r="K103" s="453"/>
+      <c r="L103" s="453"/>
+      <c r="M103" s="457"/>
+      <c r="N103" s="457"/>
+      <c r="O103" s="442"/>
+      <c r="P103" s="510"/>
+      <c r="Q103" s="455"/>
+      <c r="R103" s="455"/>
+      <c r="S103" s="455"/>
+      <c r="T103" s="572"/>
+      <c r="U103" s="574"/>
+      <c r="V103" s="488"/>
       <c r="W103" s="161"/>
       <c r="X103" s="161"/>
-      <c r="Y103" s="561"/>
+      <c r="Y103" s="575"/>
     </row>
     <row r="104" spans="1:25" ht="117.75" customHeight="1">
-      <c r="A104" s="414"/>
-[...20 lines deleted...]
-      <c r="V104" s="420"/>
+      <c r="A104" s="455"/>
+      <c r="B104" s="576"/>
+      <c r="C104" s="512"/>
+      <c r="D104" s="470"/>
+      <c r="E104" s="442"/>
+      <c r="F104" s="442"/>
+      <c r="G104" s="442"/>
+      <c r="H104" s="442"/>
+      <c r="I104" s="453"/>
+      <c r="J104" s="453"/>
+      <c r="K104" s="453"/>
+      <c r="L104" s="453"/>
+      <c r="M104" s="457"/>
+      <c r="N104" s="457"/>
+      <c r="O104" s="442"/>
+      <c r="P104" s="510"/>
+      <c r="Q104" s="455"/>
+      <c r="R104" s="455"/>
+      <c r="S104" s="455"/>
+      <c r="T104" s="572"/>
+      <c r="U104" s="574"/>
+      <c r="V104" s="488"/>
       <c r="W104" s="161"/>
       <c r="X104" s="161"/>
-      <c r="Y104" s="561"/>
+      <c r="Y104" s="575"/>
     </row>
     <row r="105" spans="1:25" ht="115.5" customHeight="1">
-      <c r="A105" s="414"/>
-[...20 lines deleted...]
-      <c r="V105" s="420"/>
+      <c r="A105" s="455"/>
+      <c r="B105" s="576"/>
+      <c r="C105" s="512"/>
+      <c r="D105" s="470"/>
+      <c r="E105" s="442"/>
+      <c r="F105" s="442"/>
+      <c r="G105" s="442"/>
+      <c r="H105" s="442"/>
+      <c r="I105" s="453"/>
+      <c r="J105" s="453"/>
+      <c r="K105" s="453"/>
+      <c r="L105" s="453"/>
+      <c r="M105" s="457"/>
+      <c r="N105" s="457"/>
+      <c r="O105" s="442"/>
+      <c r="P105" s="510"/>
+      <c r="Q105" s="455"/>
+      <c r="R105" s="455"/>
+      <c r="S105" s="455"/>
+      <c r="T105" s="572"/>
+      <c r="U105" s="574"/>
+      <c r="V105" s="488"/>
       <c r="W105" s="161"/>
       <c r="X105" s="161"/>
-      <c r="Y105" s="561"/>
+      <c r="Y105" s="575"/>
     </row>
     <row r="106" spans="1:25" ht="76.5" customHeight="1">
-      <c r="A106" s="415"/>
-[...20 lines deleted...]
-      <c r="V106" s="421"/>
+      <c r="A106" s="425"/>
+      <c r="B106" s="576"/>
+      <c r="C106" s="512"/>
+      <c r="D106" s="470"/>
+      <c r="E106" s="442"/>
+      <c r="F106" s="442"/>
+      <c r="G106" s="442"/>
+      <c r="H106" s="442"/>
+      <c r="I106" s="472"/>
+      <c r="J106" s="472"/>
+      <c r="K106" s="472"/>
+      <c r="L106" s="453"/>
+      <c r="M106" s="424"/>
+      <c r="N106" s="424"/>
+      <c r="O106" s="442"/>
+      <c r="P106" s="484"/>
+      <c r="Q106" s="425"/>
+      <c r="R106" s="425"/>
+      <c r="S106" s="425"/>
+      <c r="T106" s="573"/>
+      <c r="U106" s="485"/>
+      <c r="V106" s="489"/>
       <c r="W106" s="154"/>
       <c r="X106" s="154"/>
-      <c r="Y106" s="555"/>
+      <c r="Y106" s="570"/>
     </row>
     <row r="107" spans="1:25" ht="162" customHeight="1">
-      <c r="A107" s="546">
+      <c r="A107" s="473">
         <v>24</v>
       </c>
-      <c r="B107" s="488" t="s">
+      <c r="B107" s="462" t="s">
         <v>61</v>
       </c>
-      <c r="C107" s="462">
+      <c r="C107" s="464">
         <v>36</v>
       </c>
-      <c r="D107" s="486" t="s">
-[...11 lines deleted...]
-      <c r="H107" s="450" t="s">
+      <c r="D107" s="469" t="s">
+        <v>538</v>
+      </c>
+      <c r="E107" s="441" t="s">
+        <v>893</v>
+      </c>
+      <c r="F107" s="563" t="s">
+        <v>894</v>
+      </c>
+      <c r="G107" s="441" t="s">
+        <v>627</v>
+      </c>
+      <c r="H107" s="516" t="s">
         <v>18</v>
       </c>
-      <c r="I107" s="445">
+      <c r="I107" s="452">
         <f>J107+K107</f>
         <v>67.2</v>
       </c>
-      <c r="J107" s="445">
+      <c r="J107" s="452">
         <v>33.6</v>
       </c>
-      <c r="K107" s="445">
+      <c r="K107" s="452">
         <v>33.6</v>
       </c>
-      <c r="L107" s="445">
+      <c r="L107" s="452">
         <v>33.6</v>
       </c>
-      <c r="M107" s="413" t="s">
+      <c r="M107" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N107" s="413" t="s">
+      <c r="N107" s="424" t="s">
         <v>126</v>
       </c>
-      <c r="O107" s="465" t="s">
-[...11 lines deleted...]
-      <c r="S107" s="475">
+      <c r="O107" s="441" t="s">
+        <v>727</v>
+      </c>
+      <c r="P107" s="483" t="s">
+        <v>387</v>
+      </c>
+      <c r="Q107" s="424" t="s">
+        <v>340</v>
+      </c>
+      <c r="R107" s="424" t="s">
+        <v>293</v>
+      </c>
+      <c r="S107" s="426">
         <v>41429</v>
       </c>
-      <c r="T107" s="479" t="s">
-[...4 lines deleted...]
-        <v>908</v>
+      <c r="T107" s="428" t="s">
+        <v>344</v>
+      </c>
+      <c r="U107" s="424"/>
+      <c r="V107" s="445" t="s">
+        <v>892</v>
       </c>
       <c r="W107" s="149"/>
       <c r="X107" s="149"/>
-      <c r="Y107" s="554"/>
+      <c r="Y107" s="569"/>
     </row>
     <row r="108" spans="1:25" ht="363" customHeight="1">
-      <c r="A108" s="547"/>
-[...20 lines deleted...]
-      <c r="V108" s="429"/>
+      <c r="A108" s="474"/>
+      <c r="B108" s="463"/>
+      <c r="C108" s="465"/>
+      <c r="D108" s="471"/>
+      <c r="E108" s="443"/>
+      <c r="F108" s="564"/>
+      <c r="G108" s="443"/>
+      <c r="H108" s="517"/>
+      <c r="I108" s="472"/>
+      <c r="J108" s="472"/>
+      <c r="K108" s="472"/>
+      <c r="L108" s="472"/>
+      <c r="M108" s="425"/>
+      <c r="N108" s="425"/>
+      <c r="O108" s="443"/>
+      <c r="P108" s="484"/>
+      <c r="Q108" s="425"/>
+      <c r="R108" s="425"/>
+      <c r="S108" s="427"/>
+      <c r="T108" s="429"/>
+      <c r="U108" s="425"/>
+      <c r="V108" s="446"/>
       <c r="W108" s="150"/>
       <c r="X108" s="150"/>
-      <c r="Y108" s="555"/>
+      <c r="Y108" s="570"/>
     </row>
     <row r="109" spans="1:25" ht="183" customHeight="1">
-      <c r="A109" s="546">
+      <c r="A109" s="473">
         <v>25</v>
       </c>
-      <c r="B109" s="491" t="s">
+      <c r="B109" s="466" t="s">
         <v>180</v>
       </c>
-      <c r="C109" s="462">
+      <c r="C109" s="464">
         <v>38</v>
       </c>
-      <c r="D109" s="486" t="s">
-[...11 lines deleted...]
-      <c r="H109" s="450" t="s">
+      <c r="D109" s="469" t="s">
+        <v>498</v>
+      </c>
+      <c r="E109" s="441" t="s">
+        <v>895</v>
+      </c>
+      <c r="F109" s="563" t="s">
+        <v>896</v>
+      </c>
+      <c r="G109" s="441" t="s">
+        <v>539</v>
+      </c>
+      <c r="H109" s="516" t="s">
         <v>18</v>
       </c>
-      <c r="I109" s="445">
+      <c r="I109" s="452">
         <f>J109+K109</f>
         <v>53.8</v>
       </c>
-      <c r="J109" s="445">
+      <c r="J109" s="452">
         <v>27.3</v>
       </c>
-      <c r="K109" s="445">
+      <c r="K109" s="452">
         <v>26.5</v>
       </c>
-      <c r="L109" s="445">
+      <c r="L109" s="452">
         <v>26.9</v>
       </c>
-      <c r="M109" s="413" t="s">
+      <c r="M109" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N109" s="413" t="s">
+      <c r="N109" s="424" t="s">
         <v>126</v>
       </c>
-      <c r="O109" s="465" t="s">
-[...11 lines deleted...]
-      <c r="S109" s="475">
+      <c r="O109" s="441" t="s">
+        <v>738</v>
+      </c>
+      <c r="P109" s="483" t="s">
+        <v>379</v>
+      </c>
+      <c r="Q109" s="424" t="s">
+        <v>340</v>
+      </c>
+      <c r="R109" s="424" t="s">
+        <v>293</v>
+      </c>
+      <c r="S109" s="426">
         <v>44392</v>
       </c>
-      <c r="T109" s="465" t="s">
-[...4 lines deleted...]
-        <v>913</v>
+      <c r="T109" s="441" t="s">
+        <v>344</v>
+      </c>
+      <c r="U109" s="424"/>
+      <c r="V109" s="445" t="s">
+        <v>897</v>
       </c>
       <c r="W109" s="149"/>
       <c r="X109" s="149"/>
-      <c r="Y109" s="554"/>
+      <c r="Y109" s="569"/>
     </row>
     <row r="110" spans="1:25" ht="286.5" customHeight="1">
-      <c r="A110" s="547"/>
-[...20 lines deleted...]
-      <c r="V110" s="429"/>
+      <c r="A110" s="474"/>
+      <c r="B110" s="468"/>
+      <c r="C110" s="465"/>
+      <c r="D110" s="471"/>
+      <c r="E110" s="443"/>
+      <c r="F110" s="564"/>
+      <c r="G110" s="443"/>
+      <c r="H110" s="517"/>
+      <c r="I110" s="472"/>
+      <c r="J110" s="472"/>
+      <c r="K110" s="472"/>
+      <c r="L110" s="472"/>
+      <c r="M110" s="425"/>
+      <c r="N110" s="425"/>
+      <c r="O110" s="443"/>
+      <c r="P110" s="484"/>
+      <c r="Q110" s="425"/>
+      <c r="R110" s="425"/>
+      <c r="S110" s="427"/>
+      <c r="T110" s="443"/>
+      <c r="U110" s="425"/>
+      <c r="V110" s="446"/>
       <c r="W110" s="150"/>
       <c r="X110" s="150"/>
-      <c r="Y110" s="555"/>
+      <c r="Y110" s="570"/>
     </row>
     <row r="111" spans="1:25" ht="276.75" customHeight="1">
-      <c r="A111" s="546">
+      <c r="A111" s="473">
         <v>26</v>
       </c>
-      <c r="B111" s="488" t="s">
+      <c r="B111" s="462" t="s">
         <v>62</v>
       </c>
-      <c r="C111" s="462">
+      <c r="C111" s="464">
         <v>39</v>
       </c>
-      <c r="D111" s="486" t="s">
+      <c r="D111" s="469" t="s">
         <v>208</v>
       </c>
-      <c r="E111" s="465" t="s">
-[...11 lines deleted...]
-      <c r="I111" s="445">
+      <c r="E111" s="441" t="s">
+        <v>540</v>
+      </c>
+      <c r="F111" s="441" t="s">
+        <v>772</v>
+      </c>
+      <c r="G111" s="441" t="s">
+        <v>789</v>
+      </c>
+      <c r="H111" s="441" t="s">
+        <v>790</v>
+      </c>
+      <c r="I111" s="452">
         <f>J111+K111</f>
         <v>70.300000000000011</v>
       </c>
-      <c r="J111" s="445">
+      <c r="J111" s="452">
         <v>34.85</v>
       </c>
-      <c r="K111" s="445">
+      <c r="K111" s="452">
         <v>35.450000000000003</v>
       </c>
-      <c r="L111" s="445">
+      <c r="L111" s="452">
         <f>I111/2</f>
         <v>35.150000000000006</v>
       </c>
-      <c r="M111" s="413" t="s">
+      <c r="M111" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N111" s="413" t="s">
+      <c r="N111" s="424" t="s">
         <v>126</v>
       </c>
-      <c r="O111" s="465" t="s">
-[...11 lines deleted...]
-      <c r="S111" s="508">
+      <c r="O111" s="441" t="s">
+        <v>732</v>
+      </c>
+      <c r="P111" s="483" t="s">
+        <v>378</v>
+      </c>
+      <c r="Q111" s="424" t="s">
+        <v>340</v>
+      </c>
+      <c r="R111" s="424" t="s">
+        <v>293</v>
+      </c>
+      <c r="S111" s="438">
         <v>45463</v>
       </c>
-      <c r="T111" s="465" t="s">
+      <c r="T111" s="441" t="s">
         <v>262</v>
       </c>
-      <c r="U111" s="413"/>
-[...1 lines deleted...]
-        <v>832</v>
+      <c r="U111" s="424"/>
+      <c r="V111" s="445" t="s">
+        <v>819</v>
       </c>
       <c r="W111" s="149"/>
       <c r="X111" s="149"/>
-      <c r="Y111" s="425"/>
+      <c r="Y111" s="430"/>
     </row>
     <row r="112" spans="1:25" ht="309.75" customHeight="1">
-      <c r="A112" s="549"/>
-[...20 lines deleted...]
-      <c r="V112" s="435"/>
+      <c r="A112" s="514"/>
+      <c r="B112" s="511"/>
+      <c r="C112" s="512"/>
+      <c r="D112" s="470"/>
+      <c r="E112" s="442"/>
+      <c r="F112" s="442"/>
+      <c r="G112" s="442"/>
+      <c r="H112" s="567"/>
+      <c r="I112" s="453"/>
+      <c r="J112" s="453"/>
+      <c r="K112" s="453"/>
+      <c r="L112" s="453"/>
+      <c r="M112" s="455"/>
+      <c r="N112" s="455"/>
+      <c r="O112" s="442"/>
+      <c r="P112" s="510"/>
+      <c r="Q112" s="455"/>
+      <c r="R112" s="455"/>
+      <c r="S112" s="439"/>
+      <c r="T112" s="442"/>
+      <c r="U112" s="455"/>
+      <c r="V112" s="486"/>
       <c r="W112" s="158"/>
       <c r="X112" s="158"/>
-      <c r="Y112" s="426"/>
+      <c r="Y112" s="444"/>
     </row>
     <row r="113" spans="1:25" ht="266.25" customHeight="1">
-      <c r="A113" s="547"/>
-[...20 lines deleted...]
-      <c r="V113" s="429"/>
+      <c r="A113" s="474"/>
+      <c r="B113" s="463"/>
+      <c r="C113" s="465"/>
+      <c r="D113" s="471"/>
+      <c r="E113" s="443"/>
+      <c r="F113" s="443"/>
+      <c r="G113" s="443"/>
+      <c r="H113" s="568"/>
+      <c r="I113" s="472"/>
+      <c r="J113" s="472"/>
+      <c r="K113" s="472"/>
+      <c r="L113" s="472"/>
+      <c r="M113" s="425"/>
+      <c r="N113" s="425"/>
+      <c r="O113" s="443"/>
+      <c r="P113" s="484"/>
+      <c r="Q113" s="425"/>
+      <c r="R113" s="425"/>
+      <c r="S113" s="440"/>
+      <c r="T113" s="443"/>
+      <c r="U113" s="425"/>
+      <c r="V113" s="446"/>
       <c r="W113" s="150"/>
       <c r="X113" s="150"/>
-      <c r="Y113" s="427"/>
+      <c r="Y113" s="431"/>
     </row>
     <row r="114" spans="1:25" ht="166.5" customHeight="1">
-      <c r="A114" s="546">
+      <c r="A114" s="473">
         <v>27</v>
       </c>
-      <c r="B114" s="488" t="s">
+      <c r="B114" s="462" t="s">
         <v>63</v>
       </c>
-      <c r="C114" s="564">
+      <c r="C114" s="565">
         <v>42</v>
       </c>
-      <c r="D114" s="486" t="s">
-[...5 lines deleted...]
-      <c r="F114" s="462" t="s">
+      <c r="D114" s="469" t="s">
+        <v>541</v>
+      </c>
+      <c r="E114" s="441" t="s">
+        <v>543</v>
+      </c>
+      <c r="F114" s="464" t="s">
         <v>18</v>
       </c>
-      <c r="G114" s="465" t="s">
-[...2 lines deleted...]
-      <c r="H114" s="462" t="s">
+      <c r="G114" s="441" t="s">
+        <v>542</v>
+      </c>
+      <c r="H114" s="464" t="s">
         <v>18</v>
       </c>
-      <c r="I114" s="445">
+      <c r="I114" s="452">
         <f>J114+K114</f>
         <v>35.599999999999994</v>
       </c>
-      <c r="J114" s="445">
+      <c r="J114" s="452">
         <v>17.7</v>
       </c>
-      <c r="K114" s="445">
+      <c r="K114" s="452">
         <v>17.899999999999999</v>
       </c>
-      <c r="L114" s="445">
+      <c r="L114" s="452">
         <f>I114/2</f>
         <v>17.799999999999997</v>
       </c>
-      <c r="M114" s="444" t="s">
+      <c r="M114" s="457" t="s">
         <v>3</v>
       </c>
-      <c r="N114" s="444" t="s">
+      <c r="N114" s="457" t="s">
         <v>126</v>
       </c>
-      <c r="O114" s="465" t="s">
-        <v>748</v>
+      <c r="O114" s="441" t="s">
+        <v>740</v>
       </c>
       <c r="P114" s="179" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="Q114" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R114" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S114" s="56">
         <v>44165</v>
       </c>
       <c r="T114" s="104" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="U114" s="58"/>
-      <c r="V114" s="419" t="s">
-        <v>832</v>
+      <c r="V114" s="487" t="s">
+        <v>819</v>
       </c>
       <c r="W114" s="164"/>
       <c r="X114" s="164"/>
       <c r="Y114" s="22"/>
     </row>
     <row r="115" spans="1:25" ht="138.75" customHeight="1">
-      <c r="A115" s="547"/>
-[...13 lines deleted...]
-      <c r="O115" s="466"/>
+      <c r="A115" s="474"/>
+      <c r="B115" s="463"/>
+      <c r="C115" s="566"/>
+      <c r="D115" s="471"/>
+      <c r="E115" s="443"/>
+      <c r="F115" s="465"/>
+      <c r="G115" s="443"/>
+      <c r="H115" s="465"/>
+      <c r="I115" s="472"/>
+      <c r="J115" s="472"/>
+      <c r="K115" s="472"/>
+      <c r="L115" s="472"/>
+      <c r="M115" s="457"/>
+      <c r="N115" s="457"/>
+      <c r="O115" s="443"/>
       <c r="P115" s="179" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
       <c r="Q115" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R115" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S115" s="56">
         <v>45449</v>
       </c>
       <c r="T115" s="80" t="s">
         <v>260</v>
       </c>
       <c r="U115" s="55"/>
-      <c r="V115" s="421"/>
+      <c r="V115" s="489"/>
       <c r="W115" s="155"/>
       <c r="X115" s="155"/>
       <c r="Y115" s="22"/>
     </row>
-    <row r="116" spans="1:25" ht="330" customHeight="1">
-      <c r="A116" s="546">
+    <row r="116" spans="1:25" ht="339.75" customHeight="1">
+      <c r="A116" s="473">
         <v>28</v>
       </c>
-      <c r="B116" s="488" t="s">
+      <c r="B116" s="462" t="s">
         <v>64</v>
       </c>
-      <c r="C116" s="564">
+      <c r="C116" s="565">
         <v>43</v>
       </c>
-      <c r="D116" s="486" t="s">
+      <c r="D116" s="469" t="s">
         <v>8</v>
       </c>
-      <c r="E116" s="465" t="s">
-[...11 lines deleted...]
-      <c r="I116" s="445">
+      <c r="E116" s="441" t="s">
+        <v>1006</v>
+      </c>
+      <c r="F116" s="441" t="s">
+        <v>1007</v>
+      </c>
+      <c r="G116" s="441" t="s">
+        <v>545</v>
+      </c>
+      <c r="H116" s="441" t="s">
+        <v>544</v>
+      </c>
+      <c r="I116" s="452">
         <f>J116+K116</f>
         <v>46.1</v>
       </c>
-      <c r="J116" s="445">
+      <c r="J116" s="452">
         <v>22.85</v>
       </c>
-      <c r="K116" s="445">
+      <c r="K116" s="452">
         <v>23.25</v>
       </c>
-      <c r="L116" s="445">
+      <c r="L116" s="452">
         <v>23.05</v>
       </c>
-      <c r="M116" s="444" t="s">
+      <c r="M116" s="457" t="s">
         <v>3</v>
       </c>
-      <c r="N116" s="444" t="s">
+      <c r="N116" s="457" t="s">
         <v>126</v>
       </c>
-      <c r="O116" s="465" t="s">
-        <v>749</v>
+      <c r="O116" s="441" t="s">
+        <v>741</v>
       </c>
       <c r="P116" s="41" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="Q116" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R116" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S116" s="56">
         <v>45707</v>
       </c>
       <c r="T116" s="134" t="s">
         <v>253</v>
       </c>
       <c r="U116" s="55"/>
-      <c r="V116" s="428" t="s">
-        <v>832</v>
+      <c r="V116" s="445" t="s">
+        <v>1008</v>
       </c>
       <c r="W116" s="155"/>
       <c r="X116" s="155"/>
       <c r="Y116" s="22"/>
     </row>
-    <row r="117" spans="1:25" ht="261" customHeight="1">
-[...14 lines deleted...]
-      <c r="O117" s="466"/>
+    <row r="117" spans="1:25" ht="268.5" customHeight="1">
+      <c r="A117" s="474"/>
+      <c r="B117" s="463"/>
+      <c r="C117" s="566"/>
+      <c r="D117" s="471"/>
+      <c r="E117" s="443"/>
+      <c r="F117" s="443"/>
+      <c r="G117" s="443"/>
+      <c r="H117" s="443"/>
+      <c r="I117" s="472"/>
+      <c r="J117" s="472"/>
+      <c r="K117" s="472"/>
+      <c r="L117" s="472"/>
+      <c r="M117" s="457"/>
+      <c r="N117" s="457"/>
+      <c r="O117" s="443"/>
       <c r="P117" s="41" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="Q117" s="55"/>
       <c r="R117" s="55"/>
       <c r="S117" s="56"/>
       <c r="T117" s="80" t="s">
         <v>148</v>
       </c>
       <c r="U117" s="55"/>
-      <c r="V117" s="429"/>
+      <c r="V117" s="446"/>
       <c r="W117" s="155"/>
       <c r="X117" s="155"/>
       <c r="Y117" s="22"/>
     </row>
     <row r="118" spans="1:25" s="37" customFormat="1" ht="220.5" customHeight="1">
       <c r="A118" s="71">
         <v>29</v>
       </c>
       <c r="B118" s="67" t="s">
         <v>65</v>
       </c>
       <c r="C118" s="84">
         <v>44</v>
       </c>
       <c r="D118" s="69" t="s">
-        <v>285</v>
-[...5 lines deleted...]
-        <v>637</v>
+        <v>283</v>
+      </c>
+      <c r="E118" s="316" t="s">
+        <v>628</v>
+      </c>
+      <c r="F118" s="316" t="s">
+        <v>629</v>
       </c>
       <c r="G118" s="197" t="s">
-        <v>554</v>
+        <v>546</v>
       </c>
       <c r="H118" s="197" t="s">
-        <v>638</v>
+        <v>630</v>
       </c>
       <c r="I118" s="117">
         <f>J118+K118</f>
         <v>15.4</v>
       </c>
       <c r="J118" s="117">
         <v>7.9</v>
       </c>
       <c r="K118" s="117">
         <v>7.5</v>
       </c>
       <c r="L118" s="117">
         <v>7.7</v>
       </c>
       <c r="M118" s="55" t="s">
         <v>3</v>
       </c>
       <c r="N118" s="55" t="s">
         <v>126</v>
       </c>
       <c r="O118" s="206" t="s">
-        <v>750</v>
+        <v>742</v>
       </c>
       <c r="P118" s="173" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="Q118" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R118" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S118" s="56">
         <v>45593</v>
       </c>
       <c r="T118" s="80" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="U118" s="55"/>
-      <c r="V118" s="388" t="s">
-        <v>987</v>
+      <c r="V118" s="384" t="s">
+        <v>961</v>
       </c>
       <c r="W118" s="155"/>
       <c r="X118" s="155"/>
       <c r="Y118" s="49"/>
     </row>
     <row r="119" spans="1:25" ht="409.5" customHeight="1">
       <c r="A119" s="66">
         <v>30</v>
       </c>
       <c r="B119" s="42" t="s">
         <v>66</v>
       </c>
       <c r="C119" s="59">
         <v>45</v>
       </c>
       <c r="D119" s="60" t="s">
         <v>119</v>
       </c>
-      <c r="E119" s="318" t="s">
-[...9 lines deleted...]
-        <v>639</v>
+      <c r="E119" s="317" t="s">
+        <v>547</v>
+      </c>
+      <c r="F119" s="317" t="s">
+        <v>548</v>
+      </c>
+      <c r="G119" s="317" t="s">
+        <v>549</v>
+      </c>
+      <c r="H119" s="317" t="s">
+        <v>631</v>
       </c>
       <c r="I119" s="120">
         <f>J119+K119</f>
         <v>46.900000000000006</v>
       </c>
       <c r="J119" s="120">
         <v>24.1</v>
       </c>
       <c r="K119" s="120">
         <v>22.8</v>
       </c>
       <c r="L119" s="120">
         <v>23.45</v>
       </c>
       <c r="M119" s="55" t="s">
         <v>3</v>
       </c>
       <c r="N119" s="55" t="s">
         <v>126</v>
       </c>
       <c r="O119" s="208" t="s">
-        <v>746</v>
+        <v>738</v>
       </c>
       <c r="P119" s="173" t="s">
-        <v>413</v>
-[...1 lines deleted...]
-      <c r="Q119" s="381" t="s">
+        <v>409</v>
+      </c>
+      <c r="Q119" s="377" t="s">
         <v>223</v>
       </c>
-      <c r="R119" s="381" t="s">
-        <v>960</v>
+      <c r="R119" s="377" t="s">
+        <v>938</v>
       </c>
       <c r="S119" s="56">
         <v>45992</v>
       </c>
       <c r="T119" s="134" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="U119" s="56">
         <v>46234</v>
       </c>
       <c r="V119" s="295" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="W119" s="155"/>
       <c r="X119" s="155"/>
       <c r="Y119" s="22"/>
     </row>
     <row r="120" spans="1:25" s="38" customFormat="1" ht="409.5" customHeight="1">
       <c r="A120" s="88">
         <v>31</v>
       </c>
       <c r="B120" s="89" t="s">
         <v>66</v>
       </c>
       <c r="C120" s="90" t="s">
         <v>187</v>
       </c>
       <c r="D120" s="91" t="s">
         <v>188</v>
       </c>
-      <c r="E120" s="316" t="s">
-[...3 lines deleted...]
-        <v>640</v>
+      <c r="E120" s="315" t="s">
+        <v>550</v>
+      </c>
+      <c r="F120" s="315" t="s">
+        <v>632</v>
       </c>
       <c r="G120" s="195" t="s">
         <v>189</v>
       </c>
       <c r="H120" s="195" t="s">
-        <v>559</v>
+        <v>551</v>
       </c>
       <c r="I120" s="114">
         <f>J120+K120</f>
         <v>44.1</v>
       </c>
       <c r="J120" s="114">
         <v>21.1</v>
       </c>
       <c r="K120" s="114">
         <v>23</v>
       </c>
       <c r="L120" s="114">
         <v>22.05</v>
       </c>
       <c r="M120" s="88" t="s">
         <v>3</v>
       </c>
       <c r="N120" s="88" t="s">
         <v>126</v>
       </c>
       <c r="O120" s="207" t="s">
-        <v>751</v>
+        <v>743</v>
       </c>
       <c r="P120" s="175" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="Q120" s="139" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R120" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S120" s="11">
         <v>44616</v>
       </c>
       <c r="T120" s="143" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="U120" s="55"/>
       <c r="V120" s="295" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="W120" s="155"/>
       <c r="X120" s="155"/>
       <c r="Y120" s="16"/>
     </row>
     <row r="121" spans="1:25" ht="183" customHeight="1">
-      <c r="A121" s="546">
+      <c r="A121" s="473">
         <v>32</v>
       </c>
-      <c r="B121" s="488" t="s">
+      <c r="B121" s="462" t="s">
         <v>67</v>
       </c>
-      <c r="C121" s="462">
+      <c r="C121" s="464">
         <v>46</v>
       </c>
-      <c r="D121" s="486" t="s">
-[...14 lines deleted...]
-      <c r="I121" s="445">
+      <c r="D121" s="469" t="s">
+        <v>840</v>
+      </c>
+      <c r="E121" s="441" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F121" s="441" t="s">
+        <v>1002</v>
+      </c>
+      <c r="G121" s="441" t="s">
+        <v>1003</v>
+      </c>
+      <c r="H121" s="441" t="s">
+        <v>1004</v>
+      </c>
+      <c r="I121" s="452">
         <f>J121+K121</f>
-        <v>39.9</v>
-[...7 lines deleted...]
-      <c r="L121" s="445">
+        <v>44.8</v>
+      </c>
+      <c r="J121" s="452">
+        <v>22.35</v>
+      </c>
+      <c r="K121" s="452">
+        <v>22.45</v>
+      </c>
+      <c r="L121" s="452">
         <f>I121/2</f>
-        <v>19.95</v>
-[...1 lines deleted...]
-      <c r="M121" s="444" t="s">
+        <v>22.4</v>
+      </c>
+      <c r="M121" s="457" t="s">
         <v>3</v>
       </c>
-      <c r="N121" s="444" t="s">
+      <c r="N121" s="457" t="s">
         <v>126</v>
       </c>
-      <c r="O121" s="465" t="s">
-[...15 lines deleted...]
-        <v>148</v>
+      <c r="O121" s="441" t="s">
+        <v>733</v>
+      </c>
+      <c r="P121" s="416" t="s">
+        <v>389</v>
+      </c>
+      <c r="Q121" s="414" t="s">
+        <v>340</v>
+      </c>
+      <c r="R121" s="414" t="s">
+        <v>293</v>
+      </c>
+      <c r="S121" s="415">
+        <v>45530</v>
+      </c>
+      <c r="T121" s="134" t="s">
+        <v>241</v>
       </c>
       <c r="U121" s="55"/>
-      <c r="V121" s="428" t="s">
-[...4 lines deleted...]
-      <c r="Y121" s="22"/>
+      <c r="V121" s="445" t="s">
+        <v>1005</v>
+      </c>
+      <c r="W121" s="424"/>
+      <c r="X121" s="424"/>
+      <c r="Y121" s="430"/>
     </row>
     <row r="122" spans="1:25" ht="212.25" customHeight="1">
-      <c r="A122" s="547"/>
-[...27 lines deleted...]
-        <v>241</v>
+      <c r="A122" s="474"/>
+      <c r="B122" s="463"/>
+      <c r="C122" s="465"/>
+      <c r="D122" s="471"/>
+      <c r="E122" s="443"/>
+      <c r="F122" s="443"/>
+      <c r="G122" s="443"/>
+      <c r="H122" s="443"/>
+      <c r="I122" s="472"/>
+      <c r="J122" s="472"/>
+      <c r="K122" s="472"/>
+      <c r="L122" s="472"/>
+      <c r="M122" s="457"/>
+      <c r="N122" s="457"/>
+      <c r="O122" s="443"/>
+      <c r="P122" s="416" t="s">
+        <v>413</v>
+      </c>
+      <c r="Q122" s="414" t="s">
+        <v>18</v>
+      </c>
+      <c r="R122" s="414" t="s">
+        <v>18</v>
+      </c>
+      <c r="S122" s="415" t="s">
+        <v>18</v>
+      </c>
+      <c r="T122" s="134" t="s">
+        <v>148</v>
       </c>
       <c r="U122" s="63"/>
-      <c r="V122" s="429"/>
-[...2 lines deleted...]
-      <c r="Y122" s="22"/>
+      <c r="V122" s="446"/>
+      <c r="W122" s="425"/>
+      <c r="X122" s="425"/>
+      <c r="Y122" s="431"/>
     </row>
     <row r="123" spans="1:25" ht="363" customHeight="1">
       <c r="A123" s="71">
         <v>33</v>
       </c>
       <c r="B123" s="67" t="s">
         <v>68</v>
       </c>
       <c r="C123" s="68">
         <v>50</v>
       </c>
       <c r="D123" s="187" t="s">
-        <v>503</v>
-[...5 lines deleted...]
-        <v>560</v>
+        <v>499</v>
+      </c>
+      <c r="E123" s="316" t="s">
+        <v>773</v>
+      </c>
+      <c r="F123" s="316" t="s">
+        <v>552</v>
       </c>
       <c r="G123" s="186" t="s">
-        <v>504</v>
+        <v>500</v>
       </c>
       <c r="H123" s="194" t="s">
-        <v>561</v>
+        <v>553</v>
       </c>
       <c r="I123" s="117">
         <f>J123+K123</f>
         <v>32.799999999999997</v>
       </c>
       <c r="J123" s="117">
         <v>16.399999999999999</v>
       </c>
       <c r="K123" s="117">
         <v>16.399999999999999</v>
       </c>
       <c r="L123" s="117">
         <v>16.399999999999999</v>
       </c>
       <c r="M123" s="65" t="s">
         <v>3</v>
       </c>
       <c r="N123" s="65" t="s">
         <v>126</v>
       </c>
       <c r="O123" s="207" t="s">
-        <v>735</v>
+        <v>727</v>
       </c>
       <c r="P123" s="173" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="Q123" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R123" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S123" s="56">
         <v>41534</v>
       </c>
       <c r="T123" s="134" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="U123" s="55"/>
-      <c r="V123" s="388" t="s">
-        <v>988</v>
+      <c r="V123" s="384" t="s">
+        <v>962</v>
       </c>
       <c r="W123" s="155"/>
       <c r="X123" s="155"/>
       <c r="Y123" s="22"/>
     </row>
     <row r="124" spans="1:25" ht="162" customHeight="1">
       <c r="A124" s="66">
         <v>34</v>
       </c>
       <c r="B124" s="42" t="s">
         <v>158</v>
       </c>
       <c r="C124" s="59" t="s">
         <v>9</v>
       </c>
       <c r="D124" s="165" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="E124" s="8" t="s">
-        <v>562</v>
+        <v>554</v>
       </c>
       <c r="F124" s="7" t="s">
         <v>18</v>
       </c>
       <c r="G124" s="212" t="s">
-        <v>793</v>
+        <v>782</v>
       </c>
       <c r="H124" s="7" t="s">
         <v>18</v>
       </c>
       <c r="I124" s="120">
         <f>J124+K124</f>
         <v>8.5</v>
       </c>
       <c r="J124" s="120">
         <v>4.8</v>
       </c>
       <c r="K124" s="120">
         <v>3.7</v>
       </c>
       <c r="L124" s="120">
         <v>4.25</v>
       </c>
       <c r="M124" s="55" t="s">
         <v>3</v>
       </c>
       <c r="N124" s="55" t="s">
         <v>126</v>
       </c>
       <c r="O124" s="272" t="s">
-        <v>755</v>
+        <v>746</v>
       </c>
       <c r="P124" s="41" t="s">
-        <v>419</v>
-[...1 lines deleted...]
-      <c r="Q124" s="362" t="s">
+        <v>415</v>
+      </c>
+      <c r="Q124" s="358" t="s">
         <v>18</v>
       </c>
-      <c r="R124" s="362" t="s">
+      <c r="R124" s="358" t="s">
         <v>18</v>
       </c>
-      <c r="S124" s="362" t="s">
+      <c r="S124" s="358" t="s">
         <v>18</v>
       </c>
-      <c r="T124" s="362" t="s">
+      <c r="T124" s="358" t="s">
         <v>18</v>
       </c>
-      <c r="U124" s="362" t="s">
+      <c r="U124" s="358" t="s">
         <v>18</v>
       </c>
       <c r="V124" s="295" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="W124" s="155"/>
       <c r="X124" s="155"/>
       <c r="Y124" s="22"/>
     </row>
     <row r="125" spans="1:25" ht="162" customHeight="1">
-      <c r="A125" s="546">
+      <c r="A125" s="473">
         <v>35</v>
       </c>
-      <c r="B125" s="546" t="s">
+      <c r="B125" s="473" t="s">
         <v>69</v>
       </c>
-      <c r="C125" s="462">
+      <c r="C125" s="464">
         <v>52</v>
       </c>
-      <c r="D125" s="486" t="s">
-[...11 lines deleted...]
-      <c r="H125" s="462" t="s">
+      <c r="D125" s="469" t="s">
+        <v>555</v>
+      </c>
+      <c r="E125" s="441" t="s">
+        <v>928</v>
+      </c>
+      <c r="F125" s="441" t="s">
+        <v>929</v>
+      </c>
+      <c r="G125" s="441" t="s">
+        <v>557</v>
+      </c>
+      <c r="H125" s="464" t="s">
         <v>18</v>
       </c>
-      <c r="I125" s="445">
+      <c r="I125" s="452">
         <f>J125+K125</f>
         <v>47.5</v>
       </c>
-      <c r="J125" s="445">
+      <c r="J125" s="452">
         <v>24</v>
       </c>
-      <c r="K125" s="445">
+      <c r="K125" s="452">
         <v>23.5</v>
       </c>
-      <c r="L125" s="445">
+      <c r="L125" s="452">
         <v>23.75</v>
       </c>
-      <c r="M125" s="413" t="s">
+      <c r="M125" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N125" s="413" t="s">
+      <c r="N125" s="424" t="s">
         <v>126</v>
       </c>
-      <c r="O125" s="465" t="s">
-[...11 lines deleted...]
-      <c r="S125" s="475">
+      <c r="O125" s="441" t="s">
+        <v>744</v>
+      </c>
+      <c r="P125" s="483" t="s">
+        <v>399</v>
+      </c>
+      <c r="Q125" s="424" t="s">
+        <v>340</v>
+      </c>
+      <c r="R125" s="424" t="s">
+        <v>293</v>
+      </c>
+      <c r="S125" s="426">
         <v>44799</v>
       </c>
-      <c r="T125" s="465" t="s">
-[...8 lines deleted...]
-      <c r="Y125" s="425"/>
+      <c r="T125" s="441" t="s">
+        <v>344</v>
+      </c>
+      <c r="U125" s="424"/>
+      <c r="V125" s="445" t="s">
+        <v>930</v>
+      </c>
+      <c r="W125" s="424"/>
+      <c r="X125" s="424"/>
+      <c r="Y125" s="430"/>
     </row>
     <row r="126" spans="1:25" ht="306" customHeight="1">
-      <c r="A126" s="547"/>
-[...23 lines deleted...]
-      <c r="Y126" s="427"/>
+      <c r="A126" s="474"/>
+      <c r="B126" s="474"/>
+      <c r="C126" s="465"/>
+      <c r="D126" s="471"/>
+      <c r="E126" s="443"/>
+      <c r="F126" s="443"/>
+      <c r="G126" s="443"/>
+      <c r="H126" s="465"/>
+      <c r="I126" s="472"/>
+      <c r="J126" s="472"/>
+      <c r="K126" s="472"/>
+      <c r="L126" s="472"/>
+      <c r="M126" s="425"/>
+      <c r="N126" s="425"/>
+      <c r="O126" s="443"/>
+      <c r="P126" s="484"/>
+      <c r="Q126" s="425"/>
+      <c r="R126" s="425"/>
+      <c r="S126" s="427"/>
+      <c r="T126" s="443"/>
+      <c r="U126" s="425"/>
+      <c r="V126" s="446"/>
+      <c r="W126" s="425"/>
+      <c r="X126" s="425"/>
+      <c r="Y126" s="431"/>
     </row>
     <row r="127" spans="1:25" ht="281.25">
       <c r="A127" s="66">
         <v>36</v>
       </c>
       <c r="B127" s="67" t="s">
         <v>127</v>
       </c>
       <c r="C127" s="68" t="s">
         <v>10</v>
       </c>
       <c r="D127" s="15" t="s">
         <v>209</v>
       </c>
-      <c r="E127" s="317" t="s">
-[...6 lines deleted...]
-        <v>567</v>
+      <c r="E127" s="316" t="s">
+        <v>556</v>
+      </c>
+      <c r="F127" s="316" t="s">
+        <v>558</v>
+      </c>
+      <c r="G127" s="316" t="s">
+        <v>559</v>
       </c>
       <c r="H127" s="7" t="s">
         <v>18</v>
       </c>
       <c r="I127" s="117">
         <f>J127+K127</f>
         <v>31.4</v>
       </c>
       <c r="J127" s="117">
         <v>15.7</v>
       </c>
       <c r="K127" s="117">
         <v>15.7</v>
       </c>
       <c r="L127" s="117">
         <v>15.7</v>
       </c>
       <c r="M127" s="55" t="s">
         <v>3</v>
       </c>
       <c r="N127" s="55" t="s">
         <v>126</v>
       </c>
       <c r="O127" s="206" t="s">
-        <v>741</v>
+        <v>733</v>
       </c>
       <c r="P127" s="173" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="Q127" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R127" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S127" s="56">
         <v>45627</v>
       </c>
       <c r="T127" s="61" t="s">
         <v>243</v>
       </c>
       <c r="U127" s="65"/>
       <c r="V127" s="293" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="W127" s="149"/>
       <c r="X127" s="149"/>
       <c r="Y127" s="22"/>
     </row>
     <row r="128" spans="1:25" ht="294.75" customHeight="1">
       <c r="A128" s="240">
         <v>37</v>
       </c>
       <c r="B128" s="238" t="s">
         <v>70</v>
       </c>
       <c r="C128" s="239">
         <v>53</v>
       </c>
       <c r="D128" s="236" t="s">
         <v>210</v>
       </c>
-      <c r="E128" s="317" t="s">
-[...6 lines deleted...]
-        <v>471</v>
+      <c r="E128" s="316" t="s">
+        <v>562</v>
+      </c>
+      <c r="F128" s="316" t="s">
+        <v>563</v>
+      </c>
+      <c r="G128" s="316" t="s">
+        <v>467</v>
       </c>
       <c r="H128" s="233" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="I128" s="241">
         <f>J128+K128</f>
         <v>39.6</v>
       </c>
       <c r="J128" s="241">
         <v>19.3</v>
       </c>
       <c r="K128" s="241">
         <v>20.3</v>
       </c>
       <c r="L128" s="241">
         <v>19.8</v>
       </c>
       <c r="M128" s="237" t="s">
         <v>3</v>
       </c>
       <c r="N128" s="237" t="s">
         <v>126</v>
       </c>
       <c r="O128" s="233" t="s">
-        <v>814</v>
+        <v>803</v>
       </c>
       <c r="P128" s="244" t="s">
-        <v>816</v>
+        <v>805</v>
       </c>
       <c r="Q128" s="237" t="s">
-        <v>815</v>
-[...2 lines deleted...]
-        <v>930</v>
+        <v>804</v>
+      </c>
+      <c r="R128" s="372" t="s">
+        <v>912</v>
       </c>
       <c r="S128" s="245">
         <v>46023</v>
       </c>
       <c r="T128" s="244" t="s">
         <v>257</v>
       </c>
       <c r="U128" s="4">
         <v>46234</v>
       </c>
-      <c r="V128" s="386" t="s">
-        <v>989</v>
+      <c r="V128" s="382" t="s">
+        <v>963</v>
       </c>
       <c r="W128" s="153"/>
       <c r="X128" s="153"/>
       <c r="Y128" s="243"/>
     </row>
     <row r="129" spans="1:25" ht="255" customHeight="1">
-      <c r="A129" s="546">
+      <c r="A129" s="473">
         <v>38</v>
       </c>
-      <c r="B129" s="488" t="s">
+      <c r="B129" s="462" t="s">
         <v>71</v>
       </c>
-      <c r="C129" s="462">
+      <c r="C129" s="464">
         <v>54</v>
       </c>
-      <c r="D129" s="486" t="s">
+      <c r="D129" s="469" t="s">
         <v>211</v>
       </c>
-      <c r="E129" s="465" t="s">
-[...11 lines deleted...]
-      <c r="I129" s="445">
+      <c r="E129" s="441" t="s">
+        <v>833</v>
+      </c>
+      <c r="F129" s="563" t="s">
+        <v>834</v>
+      </c>
+      <c r="G129" s="441" t="s">
+        <v>564</v>
+      </c>
+      <c r="H129" s="441" t="s">
+        <v>565</v>
+      </c>
+      <c r="I129" s="452">
         <f>J129+K129</f>
         <v>49.2</v>
       </c>
-      <c r="J129" s="445">
+      <c r="J129" s="452">
         <v>25.3</v>
       </c>
-      <c r="K129" s="445">
+      <c r="K129" s="452">
         <v>23.9</v>
       </c>
-      <c r="L129" s="445">
+      <c r="L129" s="452">
         <v>24.6</v>
       </c>
-      <c r="M129" s="413" t="s">
+      <c r="M129" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N129" s="413" t="s">
+      <c r="N129" s="424" t="s">
         <v>126</v>
       </c>
-      <c r="O129" s="465" t="s">
-[...5 lines deleted...]
-      <c r="Q129" s="413" t="s">
+      <c r="O129" s="441" t="s">
+        <v>727</v>
+      </c>
+      <c r="P129" s="483" t="s">
+        <v>378</v>
+      </c>
+      <c r="Q129" s="424" t="s">
         <v>223</v>
       </c>
-      <c r="R129" s="413" t="s">
-[...2 lines deleted...]
-      <c r="S129" s="475">
+      <c r="R129" s="424" t="s">
+        <v>938</v>
+      </c>
+      <c r="S129" s="426">
         <v>45992</v>
       </c>
-      <c r="T129" s="519" t="s">
-[...2 lines deleted...]
-      <c r="U129" s="508">
+      <c r="T129" s="483" t="s">
+        <v>344</v>
+      </c>
+      <c r="U129" s="438">
         <v>46234</v>
       </c>
-      <c r="V129" s="419" t="s">
-        <v>990</v>
+      <c r="V129" s="487" t="s">
+        <v>964</v>
       </c>
       <c r="W129" s="153"/>
       <c r="X129" s="153"/>
-      <c r="Y129" s="425"/>
+      <c r="Y129" s="430"/>
     </row>
     <row r="130" spans="1:25" ht="254.25" customHeight="1">
-      <c r="A130" s="547"/>
-[...20 lines deleted...]
-      <c r="V130" s="421"/>
+      <c r="A130" s="474"/>
+      <c r="B130" s="463"/>
+      <c r="C130" s="465"/>
+      <c r="D130" s="471"/>
+      <c r="E130" s="443"/>
+      <c r="F130" s="564"/>
+      <c r="G130" s="443"/>
+      <c r="H130" s="443"/>
+      <c r="I130" s="472"/>
+      <c r="J130" s="472"/>
+      <c r="K130" s="472"/>
+      <c r="L130" s="472"/>
+      <c r="M130" s="425"/>
+      <c r="N130" s="425"/>
+      <c r="O130" s="443"/>
+      <c r="P130" s="484"/>
+      <c r="Q130" s="425"/>
+      <c r="R130" s="425"/>
+      <c r="S130" s="427"/>
+      <c r="T130" s="484"/>
+      <c r="U130" s="485"/>
+      <c r="V130" s="489"/>
       <c r="W130" s="154"/>
       <c r="X130" s="154"/>
-      <c r="Y130" s="427"/>
+      <c r="Y130" s="431"/>
     </row>
     <row r="131" spans="1:25" ht="254.25" customHeight="1">
       <c r="A131" s="66">
         <v>39</v>
       </c>
       <c r="B131" s="42" t="s">
         <v>192</v>
       </c>
       <c r="C131" s="59" t="s">
         <v>193</v>
       </c>
-      <c r="D131" s="319" t="s">
-[...3 lines deleted...]
-        <v>849</v>
+      <c r="D131" s="318" t="s">
+        <v>835</v>
+      </c>
+      <c r="E131" s="329" t="s">
+        <v>836</v>
       </c>
       <c r="F131" s="43" t="s">
         <v>18</v>
       </c>
       <c r="G131" s="6" t="s">
-        <v>785</v>
+        <v>774</v>
       </c>
       <c r="H131" s="43" t="s">
         <v>18</v>
       </c>
       <c r="I131" s="120">
         <f>J131+K131</f>
         <v>14</v>
       </c>
       <c r="J131" s="120">
         <v>7</v>
       </c>
       <c r="K131" s="120">
         <v>7</v>
       </c>
       <c r="L131" s="120">
         <v>7</v>
       </c>
       <c r="M131" s="55" t="s">
         <v>3</v>
       </c>
       <c r="N131" s="55" t="s">
         <v>126</v>
       </c>
       <c r="O131" s="208" t="s">
-        <v>753</v>
-[...2 lines deleted...]
-        <v>420</v>
+        <v>745</v>
+      </c>
+      <c r="P131" s="416" t="s">
+        <v>416</v>
       </c>
       <c r="Q131" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R131" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S131" s="56">
         <v>44655</v>
       </c>
       <c r="T131" s="134" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="U131" s="55"/>
       <c r="V131" s="295" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="W131" s="155"/>
       <c r="X131" s="155"/>
       <c r="Y131" s="44"/>
     </row>
     <row r="132" spans="1:25" ht="242.25" customHeight="1">
-      <c r="A132" s="549">
+      <c r="A132" s="514">
         <v>40</v>
       </c>
-      <c r="B132" s="492" t="s">
+      <c r="B132" s="467" t="s">
         <v>72</v>
       </c>
-      <c r="C132" s="463">
+      <c r="C132" s="512">
         <v>55</v>
       </c>
-      <c r="D132" s="550" t="s">
+      <c r="D132" s="470" t="s">
         <v>221</v>
       </c>
-      <c r="E132" s="471" t="s">
-[...11 lines deleted...]
-      <c r="I132" s="445">
+      <c r="E132" s="442" t="s">
+        <v>633</v>
+      </c>
+      <c r="F132" s="442" t="s">
+        <v>841</v>
+      </c>
+      <c r="G132" s="442" t="s">
+        <v>566</v>
+      </c>
+      <c r="H132" s="442" t="s">
+        <v>567</v>
+      </c>
+      <c r="I132" s="452">
         <f>J132+K132</f>
         <v>52.7</v>
       </c>
-      <c r="J132" s="445">
+      <c r="J132" s="452">
         <v>27.35</v>
       </c>
-      <c r="K132" s="445">
+      <c r="K132" s="452">
         <v>25.35</v>
       </c>
-      <c r="L132" s="472">
+      <c r="L132" s="453">
         <v>26.35</v>
       </c>
-      <c r="M132" s="414" t="s">
+      <c r="M132" s="455" t="s">
         <v>3</v>
       </c>
-      <c r="N132" s="414" t="s">
+      <c r="N132" s="455" t="s">
         <v>126</v>
       </c>
-      <c r="O132" s="471" t="s">
-[...11 lines deleted...]
-      <c r="S132" s="617">
+      <c r="O132" s="442" t="s">
+        <v>733</v>
+      </c>
+      <c r="P132" s="510" t="s">
+        <v>400</v>
+      </c>
+      <c r="Q132" s="455" t="s">
+        <v>340</v>
+      </c>
+      <c r="R132" s="455" t="s">
+        <v>293</v>
+      </c>
+      <c r="S132" s="490">
         <v>45405</v>
       </c>
-      <c r="T132" s="471" t="s">
+      <c r="T132" s="442" t="s">
         <v>253</v>
       </c>
-      <c r="U132" s="414"/>
-[...1 lines deleted...]
-        <v>832</v>
+      <c r="U132" s="455"/>
+      <c r="V132" s="445" t="s">
+        <v>819</v>
       </c>
       <c r="W132" s="158"/>
       <c r="X132" s="158"/>
-      <c r="Y132" s="426"/>
+      <c r="Y132" s="444"/>
     </row>
     <row r="133" spans="1:25" ht="345" customHeight="1">
-      <c r="A133" s="547"/>
-[...20 lines deleted...]
-      <c r="V133" s="429"/>
+      <c r="A133" s="474"/>
+      <c r="B133" s="468"/>
+      <c r="C133" s="465"/>
+      <c r="D133" s="471"/>
+      <c r="E133" s="443"/>
+      <c r="F133" s="443"/>
+      <c r="G133" s="443"/>
+      <c r="H133" s="443"/>
+      <c r="I133" s="472"/>
+      <c r="J133" s="472"/>
+      <c r="K133" s="472"/>
+      <c r="L133" s="472"/>
+      <c r="M133" s="425"/>
+      <c r="N133" s="425"/>
+      <c r="O133" s="443"/>
+      <c r="P133" s="484"/>
+      <c r="Q133" s="425"/>
+      <c r="R133" s="425"/>
+      <c r="S133" s="427"/>
+      <c r="T133" s="443"/>
+      <c r="U133" s="425"/>
+      <c r="V133" s="446"/>
       <c r="W133" s="150"/>
       <c r="X133" s="150"/>
-      <c r="Y133" s="427"/>
+      <c r="Y133" s="431"/>
     </row>
     <row r="134" spans="1:25" ht="221.25" customHeight="1">
-      <c r="A134" s="546">
+      <c r="A134" s="473">
         <v>41</v>
       </c>
-      <c r="B134" s="548" t="s">
+      <c r="B134" s="511" t="s">
         <v>73</v>
       </c>
-      <c r="C134" s="462">
+      <c r="C134" s="464">
         <v>57</v>
       </c>
-      <c r="D134" s="486" t="s">
+      <c r="D134" s="469" t="s">
         <v>212</v>
       </c>
-      <c r="E134" s="465" t="s">
-[...11 lines deleted...]
-      <c r="I134" s="445">
+      <c r="E134" s="441" t="s">
+        <v>886</v>
+      </c>
+      <c r="F134" s="441" t="s">
+        <v>775</v>
+      </c>
+      <c r="G134" s="441" t="s">
+        <v>568</v>
+      </c>
+      <c r="H134" s="441" t="s">
+        <v>569</v>
+      </c>
+      <c r="I134" s="452">
         <f>J134+K134</f>
         <v>34.200000000000003</v>
       </c>
-      <c r="J134" s="445">
+      <c r="J134" s="452">
         <v>17</v>
       </c>
-      <c r="K134" s="445">
+      <c r="K134" s="452">
         <v>17.2</v>
       </c>
-      <c r="L134" s="445">
+      <c r="L134" s="452">
         <v>17.100000000000001</v>
       </c>
-      <c r="M134" s="444" t="s">
+      <c r="M134" s="457" t="s">
         <v>3</v>
       </c>
-      <c r="N134" s="444" t="s">
+      <c r="N134" s="457" t="s">
         <v>126</v>
       </c>
-      <c r="O134" s="465" t="s">
-        <v>754</v>
+      <c r="O134" s="441" t="s">
+        <v>737</v>
       </c>
       <c r="P134" s="172" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="Q134" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R134" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S134" s="56">
         <v>45593</v>
       </c>
       <c r="T134" s="61" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="U134" s="65"/>
-      <c r="V134" s="428" t="s">
-[...4 lines deleted...]
-      <c r="Y134" s="425"/>
+      <c r="V134" s="445" t="s">
+        <v>887</v>
+      </c>
+      <c r="W134" s="424"/>
+      <c r="X134" s="424"/>
+      <c r="Y134" s="430"/>
     </row>
     <row r="135" spans="1:25" ht="263.25" customHeight="1">
-      <c r="A135" s="547"/>
-[...13 lines deleted...]
-      <c r="O135" s="466"/>
+      <c r="A135" s="474"/>
+      <c r="B135" s="463"/>
+      <c r="C135" s="465"/>
+      <c r="D135" s="471"/>
+      <c r="E135" s="443"/>
+      <c r="F135" s="443"/>
+      <c r="G135" s="443"/>
+      <c r="H135" s="443"/>
+      <c r="I135" s="472"/>
+      <c r="J135" s="472"/>
+      <c r="K135" s="472"/>
+      <c r="L135" s="472"/>
+      <c r="M135" s="457"/>
+      <c r="N135" s="457"/>
+      <c r="O135" s="443"/>
       <c r="P135" s="172" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="Q135" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R135" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S135" s="56">
         <v>45609</v>
       </c>
       <c r="T135" s="134" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="U135" s="55"/>
-      <c r="V135" s="429"/>
-[...2 lines deleted...]
-      <c r="Y135" s="427"/>
+      <c r="V135" s="446"/>
+      <c r="W135" s="425"/>
+      <c r="X135" s="425"/>
+      <c r="Y135" s="431"/>
     </row>
     <row r="136" spans="1:25" ht="120" customHeight="1">
-      <c r="A136" s="546">
+      <c r="A136" s="473">
         <v>42</v>
       </c>
-      <c r="B136" s="488" t="s">
+      <c r="B136" s="462" t="s">
         <v>74</v>
       </c>
-      <c r="C136" s="462">
+      <c r="C136" s="464">
         <v>60</v>
       </c>
-      <c r="D136" s="486" t="s">
+      <c r="D136" s="469" t="s">
         <v>213</v>
       </c>
-      <c r="E136" s="465" t="s">
-[...11 lines deleted...]
-      <c r="I136" s="445">
+      <c r="E136" s="441" t="s">
+        <v>570</v>
+      </c>
+      <c r="F136" s="441" t="s">
+        <v>571</v>
+      </c>
+      <c r="G136" s="441" t="s">
+        <v>572</v>
+      </c>
+      <c r="H136" s="441" t="s">
+        <v>634</v>
+      </c>
+      <c r="I136" s="452">
         <f>J136+K136</f>
         <v>25.9</v>
       </c>
-      <c r="J136" s="445">
+      <c r="J136" s="452">
         <v>12.8</v>
       </c>
-      <c r="K136" s="445">
+      <c r="K136" s="452">
         <v>13.1</v>
       </c>
-      <c r="L136" s="445">
+      <c r="L136" s="452">
         <f>I136/2</f>
         <v>12.95</v>
       </c>
-      <c r="M136" s="444" t="s">
+      <c r="M136" s="457" t="s">
         <v>3</v>
       </c>
-      <c r="N136" s="444" t="s">
+      <c r="N136" s="457" t="s">
         <v>126</v>
       </c>
-      <c r="O136" s="465" t="s">
-        <v>747</v>
+      <c r="O136" s="441" t="s">
+        <v>739</v>
       </c>
       <c r="P136" s="172" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="Q136" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R136" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S136" s="56">
         <v>45480</v>
       </c>
       <c r="T136" s="80" t="s">
         <v>253</v>
       </c>
       <c r="U136" s="55"/>
-      <c r="V136" s="428" t="s">
-[...4 lines deleted...]
-      <c r="Y136" s="425"/>
+      <c r="V136" s="445" t="s">
+        <v>819</v>
+      </c>
+      <c r="W136" s="424"/>
+      <c r="X136" s="424"/>
+      <c r="Y136" s="430"/>
     </row>
     <row r="137" spans="1:25" ht="116.25" customHeight="1">
-      <c r="A137" s="549"/>
-[...13 lines deleted...]
-      <c r="O137" s="471"/>
+      <c r="A137" s="514"/>
+      <c r="B137" s="511"/>
+      <c r="C137" s="512"/>
+      <c r="D137" s="470"/>
+      <c r="E137" s="442"/>
+      <c r="F137" s="442"/>
+      <c r="G137" s="442"/>
+      <c r="H137" s="442"/>
+      <c r="I137" s="453"/>
+      <c r="J137" s="453"/>
+      <c r="K137" s="453"/>
+      <c r="L137" s="453"/>
+      <c r="M137" s="457"/>
+      <c r="N137" s="457"/>
+      <c r="O137" s="442"/>
       <c r="P137" s="172" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="Q137" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R137" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S137" s="56">
         <v>45479</v>
       </c>
       <c r="T137" s="80" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="U137" s="65"/>
-      <c r="V137" s="435"/>
-[...2 lines deleted...]
-      <c r="Y137" s="426"/>
+      <c r="V137" s="486"/>
+      <c r="W137" s="455"/>
+      <c r="X137" s="455"/>
+      <c r="Y137" s="444"/>
     </row>
     <row r="138" spans="1:25" ht="138.75" customHeight="1">
-      <c r="A138" s="547"/>
-[...13 lines deleted...]
-      <c r="O138" s="466"/>
+      <c r="A138" s="474"/>
+      <c r="B138" s="463"/>
+      <c r="C138" s="465"/>
+      <c r="D138" s="471"/>
+      <c r="E138" s="443"/>
+      <c r="F138" s="443"/>
+      <c r="G138" s="443"/>
+      <c r="H138" s="443"/>
+      <c r="I138" s="472"/>
+      <c r="J138" s="472"/>
+      <c r="K138" s="472"/>
+      <c r="L138" s="472"/>
+      <c r="M138" s="457"/>
+      <c r="N138" s="457"/>
+      <c r="O138" s="443"/>
       <c r="P138" s="172" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="Q138" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R138" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S138" s="11">
         <v>43517</v>
       </c>
       <c r="T138" s="89" t="s">
         <v>257</v>
       </c>
       <c r="U138" s="63"/>
-      <c r="V138" s="429"/>
-[...2 lines deleted...]
-      <c r="Y138" s="427"/>
+      <c r="V138" s="446"/>
+      <c r="W138" s="425"/>
+      <c r="X138" s="425"/>
+      <c r="Y138" s="431"/>
     </row>
     <row r="139" spans="1:25" ht="331.5" customHeight="1">
-      <c r="A139" s="453">
+      <c r="A139" s="447">
         <v>43</v>
       </c>
-      <c r="B139" s="488" t="s">
+      <c r="B139" s="462" t="s">
         <v>75</v>
       </c>
-      <c r="C139" s="462">
+      <c r="C139" s="464">
         <v>64</v>
       </c>
-      <c r="D139" s="486" t="s">
+      <c r="D139" s="469" t="s">
         <v>214</v>
       </c>
-      <c r="E139" s="465" t="s">
-[...11 lines deleted...]
-      <c r="I139" s="445">
+      <c r="E139" s="441" t="s">
+        <v>573</v>
+      </c>
+      <c r="F139" s="441" t="s">
+        <v>574</v>
+      </c>
+      <c r="G139" s="441" t="s">
+        <v>640</v>
+      </c>
+      <c r="H139" s="441" t="s">
+        <v>641</v>
+      </c>
+      <c r="I139" s="452">
         <f>J139+K139</f>
         <v>67.8</v>
       </c>
-      <c r="J139" s="445">
+      <c r="J139" s="452">
         <v>33.4</v>
       </c>
-      <c r="K139" s="445">
+      <c r="K139" s="452">
         <v>34.4</v>
       </c>
-      <c r="L139" s="445">
+      <c r="L139" s="452">
         <f>I139/2</f>
         <v>33.9</v>
       </c>
-      <c r="M139" s="444" t="s">
+      <c r="M139" s="457" t="s">
         <v>3</v>
       </c>
-      <c r="N139" s="444" t="s">
+      <c r="N139" s="457" t="s">
         <v>126</v>
       </c>
-      <c r="O139" s="465" t="s">
-        <v>736</v>
+      <c r="O139" s="441" t="s">
+        <v>728</v>
       </c>
       <c r="P139" s="172" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="Q139" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R139" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S139" s="56">
         <v>45530</v>
       </c>
       <c r="T139" s="89" t="s">
         <v>241</v>
       </c>
       <c r="U139" s="55"/>
-      <c r="V139" s="428" t="s">
-[...4 lines deleted...]
-      <c r="Y139" s="425"/>
+      <c r="V139" s="445" t="s">
+        <v>819</v>
+      </c>
+      <c r="W139" s="424"/>
+      <c r="X139" s="424"/>
+      <c r="Y139" s="430"/>
     </row>
     <row r="140" spans="1:25" ht="409.6" customHeight="1">
-      <c r="A140" s="477"/>
-[...13 lines deleted...]
-      <c r="O140" s="471"/>
+      <c r="A140" s="518"/>
+      <c r="B140" s="511"/>
+      <c r="C140" s="512"/>
+      <c r="D140" s="470"/>
+      <c r="E140" s="442"/>
+      <c r="F140" s="442"/>
+      <c r="G140" s="442"/>
+      <c r="H140" s="442"/>
+      <c r="I140" s="453"/>
+      <c r="J140" s="453"/>
+      <c r="K140" s="453"/>
+      <c r="L140" s="453"/>
+      <c r="M140" s="457"/>
+      <c r="N140" s="457"/>
+      <c r="O140" s="442"/>
       <c r="P140" s="172" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="Q140" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R140" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S140" s="56">
         <v>45530</v>
       </c>
       <c r="T140" s="80" t="s">
         <v>257</v>
       </c>
       <c r="U140" s="55"/>
-      <c r="V140" s="429"/>
-[...2 lines deleted...]
-      <c r="Y140" s="427"/>
+      <c r="V140" s="446"/>
+      <c r="W140" s="425"/>
+      <c r="X140" s="425"/>
+      <c r="Y140" s="431"/>
     </row>
     <row r="141" spans="1:25" ht="245.25" customHeight="1">
-      <c r="A141" s="546">
+      <c r="A141" s="473">
         <v>44</v>
       </c>
-      <c r="B141" s="491" t="s">
+      <c r="B141" s="466" t="s">
         <v>76</v>
       </c>
-      <c r="C141" s="462">
+      <c r="C141" s="464">
         <v>65</v>
       </c>
-      <c r="D141" s="486" t="s">
-[...5 lines deleted...]
-      <c r="F141" s="450" t="s">
+      <c r="D141" s="469" t="s">
+        <v>501</v>
+      </c>
+      <c r="E141" s="441" t="s">
+        <v>931</v>
+      </c>
+      <c r="F141" s="516" t="s">
         <v>18</v>
       </c>
-      <c r="G141" s="465" t="s">
-[...2 lines deleted...]
-      <c r="H141" s="413" t="s">
+      <c r="G141" s="441" t="s">
+        <v>575</v>
+      </c>
+      <c r="H141" s="424" t="s">
         <v>18</v>
       </c>
-      <c r="I141" s="445">
+      <c r="I141" s="452">
         <v>34.299999999999997</v>
       </c>
-      <c r="J141" s="445" t="s">
+      <c r="J141" s="452" t="s">
         <v>18</v>
       </c>
-      <c r="K141" s="445" t="s">
+      <c r="K141" s="452" t="s">
         <v>18</v>
       </c>
-      <c r="L141" s="445">
+      <c r="L141" s="452">
         <v>34.299999999999997</v>
       </c>
-      <c r="M141" s="413" t="s">
+      <c r="M141" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N141" s="413" t="s">
+      <c r="N141" s="424" t="s">
         <v>126</v>
       </c>
-      <c r="O141" s="465" t="s">
-[...11 lines deleted...]
-      <c r="S141" s="475">
+      <c r="O141" s="441" t="s">
+        <v>746</v>
+      </c>
+      <c r="P141" s="483" t="s">
+        <v>417</v>
+      </c>
+      <c r="Q141" s="424" t="s">
+        <v>340</v>
+      </c>
+      <c r="R141" s="424" t="s">
+        <v>293</v>
+      </c>
+      <c r="S141" s="426">
         <v>46008</v>
       </c>
-      <c r="T141" s="465" t="s">
-[...4 lines deleted...]
-        <v>952</v>
+      <c r="T141" s="441" t="s">
+        <v>346</v>
+      </c>
+      <c r="U141" s="424"/>
+      <c r="V141" s="445" t="s">
+        <v>930</v>
       </c>
       <c r="W141" s="149"/>
       <c r="X141" s="149"/>
-      <c r="Y141" s="425"/>
+      <c r="Y141" s="430"/>
     </row>
     <row r="142" spans="1:25" ht="323.25" customHeight="1">
-      <c r="A142" s="547"/>
-[...20 lines deleted...]
-      <c r="V142" s="429"/>
+      <c r="A142" s="474"/>
+      <c r="B142" s="468"/>
+      <c r="C142" s="465"/>
+      <c r="D142" s="471"/>
+      <c r="E142" s="443"/>
+      <c r="F142" s="517"/>
+      <c r="G142" s="443"/>
+      <c r="H142" s="425"/>
+      <c r="I142" s="472"/>
+      <c r="J142" s="472"/>
+      <c r="K142" s="472"/>
+      <c r="L142" s="472"/>
+      <c r="M142" s="425"/>
+      <c r="N142" s="425"/>
+      <c r="O142" s="443"/>
+      <c r="P142" s="484"/>
+      <c r="Q142" s="425"/>
+      <c r="R142" s="425"/>
+      <c r="S142" s="427"/>
+      <c r="T142" s="443"/>
+      <c r="U142" s="425"/>
+      <c r="V142" s="446"/>
       <c r="W142" s="150"/>
       <c r="X142" s="150"/>
-      <c r="Y142" s="427"/>
+      <c r="Y142" s="431"/>
     </row>
     <row r="143" spans="1:25" ht="210.75" customHeight="1">
-      <c r="A143" s="546">
+      <c r="A143" s="473">
         <v>45</v>
       </c>
-      <c r="B143" s="488" t="s">
+      <c r="B143" s="462" t="s">
         <v>77</v>
       </c>
-      <c r="C143" s="462">
+      <c r="C143" s="464">
         <v>68</v>
       </c>
-      <c r="D143" s="486" t="s">
-[...8 lines deleted...]
-      <c r="G143" s="465" t="s">
+      <c r="D143" s="469" t="s">
+        <v>837</v>
+      </c>
+      <c r="E143" s="441" t="s">
+        <v>838</v>
+      </c>
+      <c r="F143" s="441" t="s">
+        <v>839</v>
+      </c>
+      <c r="G143" s="441" t="s">
         <v>190</v>
       </c>
-      <c r="H143" s="465" t="s">
-[...2 lines deleted...]
-      <c r="I143" s="445">
+      <c r="H143" s="441" t="s">
+        <v>576</v>
+      </c>
+      <c r="I143" s="452">
         <f>J143+K143</f>
         <v>51.8</v>
       </c>
-      <c r="J143" s="445">
+      <c r="J143" s="452">
         <v>25.8</v>
       </c>
-      <c r="K143" s="445">
+      <c r="K143" s="452">
         <v>26</v>
       </c>
-      <c r="L143" s="445">
+      <c r="L143" s="452">
         <v>25.9</v>
       </c>
-      <c r="M143" s="413" t="s">
+      <c r="M143" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N143" s="413" t="s">
+      <c r="N143" s="424" t="s">
         <v>126</v>
       </c>
-      <c r="O143" s="465" t="s">
-[...11 lines deleted...]
-      <c r="S143" s="475">
+      <c r="O143" s="441" t="s">
+        <v>743</v>
+      </c>
+      <c r="P143" s="483" t="s">
+        <v>418</v>
+      </c>
+      <c r="Q143" s="424" t="s">
+        <v>340</v>
+      </c>
+      <c r="R143" s="424" t="s">
+        <v>293</v>
+      </c>
+      <c r="S143" s="426">
         <v>41481</v>
       </c>
-      <c r="T143" s="566" t="s">
-[...8 lines deleted...]
-      <c r="Y143" s="425"/>
+      <c r="T143" s="491" t="s">
+        <v>344</v>
+      </c>
+      <c r="U143" s="493"/>
+      <c r="V143" s="487" t="s">
+        <v>819</v>
+      </c>
+      <c r="W143" s="493"/>
+      <c r="X143" s="493"/>
+      <c r="Y143" s="430"/>
     </row>
     <row r="144" spans="1:25" ht="222.75" customHeight="1">
-      <c r="A144" s="547"/>
-[...23 lines deleted...]
-      <c r="Y144" s="427"/>
+      <c r="A144" s="474"/>
+      <c r="B144" s="463"/>
+      <c r="C144" s="465"/>
+      <c r="D144" s="471"/>
+      <c r="E144" s="443"/>
+      <c r="F144" s="443"/>
+      <c r="G144" s="443"/>
+      <c r="H144" s="443"/>
+      <c r="I144" s="472"/>
+      <c r="J144" s="472"/>
+      <c r="K144" s="472"/>
+      <c r="L144" s="472"/>
+      <c r="M144" s="425"/>
+      <c r="N144" s="425"/>
+      <c r="O144" s="443"/>
+      <c r="P144" s="484"/>
+      <c r="Q144" s="425"/>
+      <c r="R144" s="425"/>
+      <c r="S144" s="427"/>
+      <c r="T144" s="492"/>
+      <c r="U144" s="485"/>
+      <c r="V144" s="489"/>
+      <c r="W144" s="485"/>
+      <c r="X144" s="485"/>
+      <c r="Y144" s="431"/>
     </row>
     <row r="145" spans="1:25" ht="315" customHeight="1">
       <c r="A145" s="72">
         <v>46</v>
       </c>
       <c r="B145" s="42" t="s">
         <v>78</v>
       </c>
       <c r="C145" s="59">
         <v>72</v>
       </c>
       <c r="D145" s="188" t="s">
-        <v>506</v>
-[...8 lines deleted...]
-        <v>587</v>
+        <v>502</v>
+      </c>
+      <c r="E145" s="329" t="s">
+        <v>577</v>
+      </c>
+      <c r="F145" s="329" t="s">
+        <v>578</v>
+      </c>
+      <c r="G145" s="329" t="s">
+        <v>579</v>
       </c>
       <c r="H145" s="7" t="s">
         <v>18</v>
       </c>
       <c r="I145" s="120">
         <f>J145+K145</f>
         <v>27.8</v>
       </c>
       <c r="J145" s="120">
         <v>13.9</v>
       </c>
       <c r="K145" s="120">
         <v>13.9</v>
       </c>
       <c r="L145" s="120">
         <v>13.9</v>
       </c>
       <c r="M145" s="110" t="s">
         <v>3</v>
       </c>
       <c r="N145" s="55" t="s">
         <v>126</v>
       </c>
       <c r="O145" s="208" t="s">
-        <v>756</v>
+        <v>747</v>
       </c>
       <c r="P145" s="41" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="Q145" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R145" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S145" s="56">
         <v>41429</v>
       </c>
       <c r="T145" s="134" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="U145" s="55"/>
       <c r="V145" s="294" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="W145" s="155"/>
       <c r="X145" s="155"/>
       <c r="Y145" s="22"/>
     </row>
     <row r="146" spans="1:25" ht="303.75">
       <c r="A146" s="71">
         <v>47</v>
       </c>
       <c r="B146" s="67" t="s">
         <v>79</v>
       </c>
       <c r="C146" s="68">
         <v>73</v>
       </c>
       <c r="D146" s="15" t="s">
-        <v>588</v>
-[...2 lines deleted...]
-        <v>589</v>
+        <v>580</v>
+      </c>
+      <c r="E146" s="327" t="s">
+        <v>581</v>
       </c>
       <c r="F146" s="6" t="s">
-        <v>590</v>
-[...2 lines deleted...]
-        <v>787</v>
+        <v>582</v>
+      </c>
+      <c r="G146" s="327" t="s">
+        <v>776</v>
       </c>
       <c r="H146" s="6" t="s">
         <v>185</v>
       </c>
       <c r="I146" s="120">
         <f>J146+K146</f>
         <v>19.5</v>
       </c>
       <c r="J146" s="117">
         <v>7.3</v>
       </c>
       <c r="K146" s="117">
         <v>12.2</v>
       </c>
       <c r="L146" s="117">
         <v>9.75</v>
       </c>
       <c r="M146" s="55" t="s">
         <v>3</v>
       </c>
       <c r="N146" s="55" t="s">
         <v>126</v>
       </c>
       <c r="O146" s="208" t="s">
-        <v>757</v>
+        <v>748</v>
       </c>
       <c r="P146" s="41" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="Q146" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R146" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S146" s="4">
         <v>43445</v>
       </c>
       <c r="T146" s="85" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="U146" s="58"/>
       <c r="V146" s="216" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="W146" s="164"/>
       <c r="X146" s="164"/>
       <c r="Y146" s="22"/>
     </row>
     <row r="147" spans="1:25" s="37" customFormat="1" ht="337.5" customHeight="1">
-      <c r="A147" s="356">
+      <c r="A147" s="352">
         <v>48</v>
       </c>
       <c r="B147" s="268" t="s">
         <v>80</v>
       </c>
       <c r="C147" s="266">
         <v>75</v>
       </c>
       <c r="D147" s="267" t="s">
-        <v>824</v>
-[...5 lines deleted...]
-        <v>825</v>
+        <v>811</v>
+      </c>
+      <c r="E147" s="327" t="s">
+        <v>842</v>
+      </c>
+      <c r="F147" s="327" t="s">
+        <v>812</v>
       </c>
       <c r="G147" s="263" t="s">
-        <v>826</v>
+        <v>813</v>
       </c>
       <c r="H147" s="263" t="s">
-        <v>827</v>
+        <v>814</v>
       </c>
       <c r="I147" s="265">
         <f>J147+K147</f>
         <v>21.1</v>
       </c>
       <c r="J147" s="265">
         <v>11.9</v>
       </c>
       <c r="K147" s="265">
         <v>9.1999999999999993</v>
       </c>
       <c r="L147" s="265">
         <f>I147/2</f>
         <v>10.55</v>
       </c>
       <c r="M147" s="260" t="s">
         <v>3</v>
       </c>
       <c r="N147" s="260" t="s">
         <v>126</v>
       </c>
       <c r="O147" s="263" t="s">
-        <v>828</v>
+        <v>815</v>
       </c>
       <c r="P147" s="264" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="Q147" s="270" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R147" s="270" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S147" s="262">
         <v>45764</v>
       </c>
       <c r="T147" s="271" t="s">
         <v>240</v>
       </c>
       <c r="U147" s="269"/>
-      <c r="V147" s="387" t="s">
-        <v>991</v>
+      <c r="V147" s="383" t="s">
+        <v>965</v>
       </c>
       <c r="W147" s="153"/>
       <c r="X147" s="153"/>
       <c r="Y147" s="261"/>
     </row>
     <row r="148" spans="1:25" ht="247.5" customHeight="1">
       <c r="A148" s="72">
         <v>49</v>
       </c>
       <c r="B148" s="42" t="s">
         <v>157</v>
       </c>
       <c r="C148" s="59" t="s">
         <v>11</v>
       </c>
       <c r="D148" s="60" t="s">
         <v>215</v>
       </c>
       <c r="E148" s="6" t="s">
-        <v>933</v>
+        <v>915</v>
       </c>
       <c r="F148" s="6" t="s">
-        <v>934</v>
+        <v>916</v>
       </c>
       <c r="G148" s="201" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="H148" s="6" t="s">
-        <v>644</v>
+        <v>636</v>
       </c>
       <c r="I148" s="120">
         <f>J148+K148</f>
         <v>19.100000000000001</v>
       </c>
       <c r="J148" s="120">
         <v>9.5</v>
       </c>
       <c r="K148" s="120">
         <v>9.6</v>
       </c>
       <c r="L148" s="120">
         <v>9.5500000000000007</v>
       </c>
       <c r="M148" s="55" t="s">
         <v>3</v>
       </c>
       <c r="N148" s="55" t="s">
         <v>126</v>
       </c>
       <c r="O148" s="272" t="s">
-        <v>735</v>
+        <v>727</v>
       </c>
       <c r="P148" s="41" t="s">
-        <v>400</v>
-[...1 lines deleted...]
-      <c r="Q148" s="362" t="s">
+        <v>396</v>
+      </c>
+      <c r="Q148" s="358" t="s">
         <v>18</v>
       </c>
-      <c r="R148" s="362" t="s">
+      <c r="R148" s="358" t="s">
         <v>18</v>
       </c>
-      <c r="S148" s="362" t="s">
+      <c r="S148" s="358" t="s">
         <v>18</v>
       </c>
-      <c r="T148" s="362" t="s">
+      <c r="T148" s="358" t="s">
         <v>18</v>
       </c>
-      <c r="U148" s="362" t="s">
+      <c r="U148" s="358" t="s">
         <v>18</v>
       </c>
-      <c r="V148" s="377" t="s">
-        <v>943</v>
+      <c r="V148" s="373" t="s">
+        <v>922</v>
       </c>
       <c r="W148" s="155"/>
       <c r="X148" s="155"/>
       <c r="Y148" s="22"/>
     </row>
     <row r="149" spans="1:25" ht="259.5" customHeight="1">
-      <c r="A149" s="546">
+      <c r="A149" s="473">
         <v>50</v>
       </c>
-      <c r="B149" s="488" t="s">
+      <c r="B149" s="462" t="s">
         <v>81</v>
       </c>
-      <c r="C149" s="462">
+      <c r="C149" s="464">
         <v>79</v>
       </c>
-      <c r="D149" s="486" t="s">
+      <c r="D149" s="469" t="s">
         <v>12</v>
       </c>
-      <c r="E149" s="465" t="s">
-[...11 lines deleted...]
-      <c r="I149" s="445">
+      <c r="E149" s="441" t="s">
+        <v>637</v>
+      </c>
+      <c r="F149" s="441" t="s">
+        <v>583</v>
+      </c>
+      <c r="G149" s="441" t="s">
+        <v>638</v>
+      </c>
+      <c r="H149" s="441" t="s">
+        <v>639</v>
+      </c>
+      <c r="I149" s="452">
         <f>J149+K149</f>
         <v>37.799999999999997</v>
       </c>
-      <c r="J149" s="445">
+      <c r="J149" s="452">
         <v>17.899999999999999</v>
       </c>
-      <c r="K149" s="445">
+      <c r="K149" s="452">
         <v>19.899999999999999</v>
       </c>
-      <c r="L149" s="445">
+      <c r="L149" s="452">
         <f>I149/2</f>
         <v>18.899999999999999</v>
       </c>
-      <c r="M149" s="413" t="s">
+      <c r="M149" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N149" s="413" t="s">
+      <c r="N149" s="424" t="s">
         <v>126</v>
       </c>
-      <c r="O149" s="465" t="s">
-[...11 lines deleted...]
-      <c r="S149" s="475">
+      <c r="O149" s="441" t="s">
+        <v>750</v>
+      </c>
+      <c r="P149" s="483" t="s">
+        <v>398</v>
+      </c>
+      <c r="Q149" s="424" t="s">
+        <v>340</v>
+      </c>
+      <c r="R149" s="424" t="s">
+        <v>293</v>
+      </c>
+      <c r="S149" s="426">
         <v>45483</v>
       </c>
-      <c r="T149" s="479" t="s">
+      <c r="T149" s="428" t="s">
         <v>261</v>
       </c>
-      <c r="U149" s="413"/>
-[...1 lines deleted...]
-        <v>832</v>
+      <c r="U149" s="424"/>
+      <c r="V149" s="445" t="s">
+        <v>819</v>
       </c>
       <c r="W149" s="149"/>
       <c r="X149" s="149"/>
-      <c r="Y149" s="425"/>
+      <c r="Y149" s="430"/>
     </row>
     <row r="150" spans="1:25" ht="259.5" customHeight="1">
-      <c r="A150" s="547"/>
-[...20 lines deleted...]
-      <c r="V150" s="429"/>
+      <c r="A150" s="474"/>
+      <c r="B150" s="463"/>
+      <c r="C150" s="465"/>
+      <c r="D150" s="471"/>
+      <c r="E150" s="443"/>
+      <c r="F150" s="443"/>
+      <c r="G150" s="443"/>
+      <c r="H150" s="443"/>
+      <c r="I150" s="472"/>
+      <c r="J150" s="472"/>
+      <c r="K150" s="472"/>
+      <c r="L150" s="472"/>
+      <c r="M150" s="425"/>
+      <c r="N150" s="425"/>
+      <c r="O150" s="443"/>
+      <c r="P150" s="484"/>
+      <c r="Q150" s="425"/>
+      <c r="R150" s="425"/>
+      <c r="S150" s="427"/>
+      <c r="T150" s="429"/>
+      <c r="U150" s="425"/>
+      <c r="V150" s="446"/>
       <c r="W150" s="150"/>
       <c r="X150" s="150"/>
-      <c r="Y150" s="427"/>
+      <c r="Y150" s="431"/>
     </row>
     <row r="151" spans="1:25" ht="315.75" customHeight="1">
-      <c r="A151" s="344">
+      <c r="A151" s="342">
         <v>51</v>
       </c>
-      <c r="B151" s="350" t="s">
+      <c r="B151" s="347" t="s">
+        <v>857</v>
+      </c>
+      <c r="C151" s="339">
+        <v>80</v>
+      </c>
+      <c r="D151" s="343" t="s">
+        <v>858</v>
+      </c>
+      <c r="E151" s="351" t="s">
+        <v>869</v>
+      </c>
+      <c r="F151" s="351" t="s">
+        <v>870</v>
+      </c>
+      <c r="G151" s="351" t="s">
         <v>871</v>
       </c>
-      <c r="C151" s="340">
-[...2 lines deleted...]
-      <c r="D151" s="345" t="s">
+      <c r="H151" s="351" t="s">
         <v>872</v>
       </c>
-      <c r="E151" s="355" t="s">
-[...11 lines deleted...]
-      <c r="I151" s="342">
+      <c r="I151" s="340">
         <v>30.1</v>
       </c>
-      <c r="J151" s="342">
+      <c r="J151" s="340">
         <v>15.2</v>
       </c>
-      <c r="K151" s="342">
+      <c r="K151" s="340">
         <v>14.9</v>
       </c>
-      <c r="L151" s="342">
+      <c r="L151" s="340">
         <v>15.05</v>
       </c>
-      <c r="M151" s="337" t="s">
+      <c r="M151" s="336" t="s">
         <v>3</v>
       </c>
-      <c r="N151" s="337" t="s">
+      <c r="N151" s="336" t="s">
         <v>126</v>
       </c>
-      <c r="O151" s="341" t="s">
-[...2 lines deleted...]
-      <c r="P151" s="346" t="s">
+      <c r="O151" s="422" t="s">
+        <v>1021</v>
+      </c>
+      <c r="P151" s="423" t="s">
+        <v>432</v>
+      </c>
+      <c r="Q151" s="336"/>
+      <c r="R151" s="336"/>
+      <c r="S151" s="345"/>
+      <c r="T151" s="341" t="s">
+        <v>148</v>
+      </c>
+      <c r="U151" s="336"/>
+      <c r="V151" s="421" t="s">
         <v>873</v>
       </c>
-      <c r="Q151" s="337"/>
-[...11 lines deleted...]
-      <c r="Y151" s="338"/>
+      <c r="W151" s="336"/>
+      <c r="X151" s="336"/>
+      <c r="Y151" s="337"/>
     </row>
-    <row r="152" spans="1:25" ht="222" customHeight="1">
-      <c r="A152" s="546">
+    <row r="152" spans="1:25" ht="239.25" customHeight="1">
+      <c r="A152" s="473">
         <v>52</v>
       </c>
-      <c r="B152" s="488" t="s">
+      <c r="B152" s="462" t="s">
         <v>82</v>
       </c>
-      <c r="C152" s="462">
+      <c r="C152" s="464">
         <v>88</v>
       </c>
-      <c r="D152" s="486" t="s">
-[...11 lines deleted...]
-      <c r="H152" s="465" t="s">
+      <c r="D152" s="469" t="s">
+        <v>506</v>
+      </c>
+      <c r="E152" s="441" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F152" s="441" t="s">
+        <v>1010</v>
+      </c>
+      <c r="G152" s="441" t="s">
+        <v>777</v>
+      </c>
+      <c r="H152" s="441" t="s">
         <v>194</v>
       </c>
-      <c r="I152" s="568">
+      <c r="I152" s="458">
         <f>J152+K152</f>
         <v>54</v>
       </c>
-      <c r="J152" s="568">
+      <c r="J152" s="458">
         <v>27.8</v>
       </c>
-      <c r="K152" s="568">
+      <c r="K152" s="458">
         <v>26.2</v>
       </c>
-      <c r="L152" s="568">
+      <c r="L152" s="458">
         <v>27</v>
       </c>
-      <c r="M152" s="413" t="s">
+      <c r="M152" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N152" s="413" t="s">
+      <c r="N152" s="424" t="s">
         <v>126</v>
       </c>
-      <c r="O152" s="465" t="s">
-[...11 lines deleted...]
-      <c r="S152" s="475">
+      <c r="O152" s="441" t="s">
+        <v>751</v>
+      </c>
+      <c r="P152" s="483" t="s">
+        <v>421</v>
+      </c>
+      <c r="Q152" s="424" t="s">
+        <v>340</v>
+      </c>
+      <c r="R152" s="424" t="s">
+        <v>293</v>
+      </c>
+      <c r="S152" s="426">
         <v>44578</v>
       </c>
-      <c r="T152" s="465" t="s">
-[...4 lines deleted...]
-        <v>943</v>
+      <c r="T152" s="441" t="s">
+        <v>346</v>
+      </c>
+      <c r="U152" s="424"/>
+      <c r="V152" s="445" t="s">
+        <v>1011</v>
       </c>
       <c r="W152" s="149"/>
       <c r="X152" s="149"/>
-      <c r="Y152" s="425"/>
+      <c r="Y152" s="430"/>
     </row>
     <row r="153" spans="1:25" ht="269.25" customHeight="1">
-      <c r="A153" s="547"/>
-[...20 lines deleted...]
-      <c r="V153" s="429"/>
+      <c r="A153" s="474"/>
+      <c r="B153" s="463"/>
+      <c r="C153" s="465"/>
+      <c r="D153" s="471"/>
+      <c r="E153" s="443"/>
+      <c r="F153" s="443"/>
+      <c r="G153" s="443"/>
+      <c r="H153" s="443"/>
+      <c r="I153" s="459"/>
+      <c r="J153" s="459"/>
+      <c r="K153" s="459"/>
+      <c r="L153" s="459"/>
+      <c r="M153" s="425"/>
+      <c r="N153" s="425"/>
+      <c r="O153" s="443"/>
+      <c r="P153" s="484"/>
+      <c r="Q153" s="425"/>
+      <c r="R153" s="425"/>
+      <c r="S153" s="427"/>
+      <c r="T153" s="443"/>
+      <c r="U153" s="425"/>
+      <c r="V153" s="446"/>
       <c r="W153" s="150"/>
       <c r="X153" s="150"/>
-      <c r="Y153" s="427"/>
+      <c r="Y153" s="431"/>
     </row>
     <row r="154" spans="1:25" ht="263.25" customHeight="1">
       <c r="A154" s="72">
         <v>53</v>
       </c>
       <c r="B154" s="67" t="s">
         <v>83</v>
       </c>
       <c r="C154" s="68">
         <v>91</v>
       </c>
       <c r="D154" s="196" t="s">
-        <v>592</v>
-[...5 lines deleted...]
-        <v>593</v>
+        <v>584</v>
+      </c>
+      <c r="E154" s="327" t="s">
+        <v>778</v>
+      </c>
+      <c r="F154" s="330" t="s">
+        <v>585</v>
       </c>
       <c r="G154" s="211" t="s">
-        <v>594</v>
+        <v>586</v>
       </c>
       <c r="H154" s="108" t="s">
         <v>18</v>
       </c>
       <c r="I154" s="117">
         <f>J154+K154</f>
         <v>29.200000000000003</v>
       </c>
       <c r="J154" s="117">
         <v>14.8</v>
       </c>
       <c r="K154" s="117">
         <v>14.4</v>
       </c>
       <c r="L154" s="117">
         <v>14.6</v>
       </c>
       <c r="M154" s="65" t="s">
         <v>3</v>
       </c>
       <c r="N154" s="65" t="s">
         <v>126</v>
       </c>
       <c r="O154" s="206" t="s">
-        <v>761</v>
+        <v>752</v>
       </c>
       <c r="P154" s="173" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="Q154" s="55"/>
       <c r="R154" s="55"/>
       <c r="S154" s="70"/>
       <c r="T154" s="82" t="s">
         <v>148</v>
       </c>
       <c r="U154" s="58"/>
       <c r="V154" s="175" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="W154" s="164"/>
       <c r="X154" s="164"/>
       <c r="Y154" s="22"/>
     </row>
     <row r="155" spans="1:25" ht="89.25" customHeight="1">
-      <c r="A155" s="546">
+      <c r="A155" s="473">
         <v>54</v>
       </c>
-      <c r="B155" s="491" t="s">
+      <c r="B155" s="466" t="s">
         <v>171</v>
       </c>
-      <c r="C155" s="462">
+      <c r="C155" s="464">
         <v>94</v>
       </c>
-      <c r="D155" s="486" t="s">
-[...11 lines deleted...]
-      <c r="H155" s="413" t="s">
+      <c r="D155" s="469" t="s">
+        <v>587</v>
+      </c>
+      <c r="E155" s="441" t="s">
+        <v>588</v>
+      </c>
+      <c r="F155" s="466" t="s">
+        <v>779</v>
+      </c>
+      <c r="G155" s="441" t="s">
+        <v>589</v>
+      </c>
+      <c r="H155" s="424" t="s">
         <v>18</v>
       </c>
-      <c r="I155" s="445">
+      <c r="I155" s="452">
         <f>J155+K155</f>
         <v>17.600000000000001</v>
       </c>
-      <c r="J155" s="445">
+      <c r="J155" s="452">
         <v>8.5</v>
       </c>
-      <c r="K155" s="445">
+      <c r="K155" s="452">
         <v>9.1</v>
       </c>
-      <c r="L155" s="445">
+      <c r="L155" s="452">
         <v>8.8000000000000007</v>
       </c>
-      <c r="M155" s="413" t="s">
+      <c r="M155" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N155" s="413" t="s">
+      <c r="N155" s="424" t="s">
         <v>126</v>
       </c>
-      <c r="O155" s="465" t="s">
-[...3 lines deleted...]
-        <v>400</v>
+      <c r="O155" s="441" t="s">
+        <v>998</v>
+      </c>
+      <c r="P155" s="389" t="s">
+        <v>1000</v>
       </c>
       <c r="Q155" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R155" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S155" s="56">
         <v>45480</v>
       </c>
       <c r="T155" s="41" t="s">
         <v>253</v>
       </c>
       <c r="U155" s="58"/>
-      <c r="V155" s="419" t="s">
-[...4 lines deleted...]
-      <c r="Y155" s="425"/>
+      <c r="V155" s="487" t="s">
+        <v>999</v>
+      </c>
+      <c r="W155" s="493"/>
+      <c r="X155" s="493"/>
+      <c r="Y155" s="430"/>
     </row>
     <row r="156" spans="1:25" ht="89.25" customHeight="1">
-      <c r="A156" s="549"/>
-[...13 lines deleted...]
-      <c r="O156" s="471"/>
+      <c r="A156" s="514"/>
+      <c r="B156" s="467"/>
+      <c r="C156" s="512"/>
+      <c r="D156" s="470"/>
+      <c r="E156" s="442"/>
+      <c r="F156" s="467"/>
+      <c r="G156" s="442"/>
+      <c r="H156" s="455"/>
+      <c r="I156" s="453"/>
+      <c r="J156" s="453"/>
+      <c r="K156" s="453"/>
+      <c r="L156" s="453"/>
+      <c r="M156" s="455"/>
+      <c r="N156" s="455"/>
+      <c r="O156" s="442"/>
       <c r="P156" s="172" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="Q156" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R156" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S156" s="56">
         <v>44951</v>
       </c>
       <c r="T156" s="41" t="s">
         <v>253</v>
       </c>
       <c r="U156" s="58"/>
-      <c r="V156" s="420"/>
-[...2 lines deleted...]
-      <c r="Y156" s="426"/>
+      <c r="V156" s="488"/>
+      <c r="W156" s="574"/>
+      <c r="X156" s="574"/>
+      <c r="Y156" s="444"/>
     </row>
     <row r="157" spans="1:25" ht="126.75" customHeight="1">
-      <c r="A157" s="547"/>
-[...13 lines deleted...]
-      <c r="O157" s="490"/>
+      <c r="A157" s="474"/>
+      <c r="B157" s="468"/>
+      <c r="C157" s="465"/>
+      <c r="D157" s="471"/>
+      <c r="E157" s="513"/>
+      <c r="F157" s="513"/>
+      <c r="G157" s="513"/>
+      <c r="H157" s="456"/>
+      <c r="I157" s="472"/>
+      <c r="J157" s="472"/>
+      <c r="K157" s="472"/>
+      <c r="L157" s="454"/>
+      <c r="M157" s="456"/>
+      <c r="N157" s="456"/>
+      <c r="O157" s="513"/>
       <c r="P157" s="172" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="Q157" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R157" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S157" s="56">
         <v>44424</v>
       </c>
       <c r="T157" s="41" t="s">
         <v>253</v>
       </c>
       <c r="U157" s="64"/>
-      <c r="V157" s="421"/>
-[...2 lines deleted...]
-      <c r="Y157" s="427"/>
+      <c r="V157" s="489"/>
+      <c r="W157" s="485"/>
+      <c r="X157" s="485"/>
+      <c r="Y157" s="431"/>
     </row>
     <row r="158" spans="1:25" ht="265.5" customHeight="1">
-      <c r="A158" s="546">
+      <c r="A158" s="473">
         <v>55</v>
       </c>
-      <c r="B158" s="488" t="s">
+      <c r="B158" s="462" t="s">
         <v>84</v>
       </c>
-      <c r="C158" s="462">
+      <c r="C158" s="464">
         <v>95</v>
       </c>
-      <c r="D158" s="486" t="s">
+      <c r="D158" s="469" t="s">
         <v>165</v>
       </c>
-      <c r="E158" s="465" t="s">
-[...8 lines deleted...]
-      <c r="H158" s="462" t="s">
+      <c r="E158" s="441" t="s">
+        <v>590</v>
+      </c>
+      <c r="F158" s="441" t="s">
+        <v>591</v>
+      </c>
+      <c r="G158" s="441" t="s">
+        <v>642</v>
+      </c>
+      <c r="H158" s="464" t="s">
         <v>18</v>
       </c>
-      <c r="I158" s="445">
+      <c r="I158" s="452">
         <f>J158+K158</f>
         <v>38.1</v>
       </c>
-      <c r="J158" s="445">
+      <c r="J158" s="452">
         <v>19</v>
       </c>
-      <c r="K158" s="445">
+      <c r="K158" s="452">
         <v>19.100000000000001</v>
       </c>
-      <c r="L158" s="445">
+      <c r="L158" s="452">
         <f>I158/2</f>
         <v>19.05</v>
       </c>
-      <c r="M158" s="444" t="s">
+      <c r="M158" s="457" t="s">
         <v>3</v>
       </c>
-      <c r="N158" s="444" t="s">
+      <c r="N158" s="457" t="s">
         <v>126</v>
       </c>
-      <c r="O158" s="465" t="s">
-        <v>736</v>
+      <c r="O158" s="441" t="s">
+        <v>728</v>
       </c>
       <c r="P158" s="172" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="Q158" s="147" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R158" s="147" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S158" s="148">
         <v>45466</v>
       </c>
-      <c r="T158" s="465" t="s">
-[...8 lines deleted...]
-      <c r="Y158" s="425"/>
+      <c r="T158" s="441" t="s">
+        <v>267</v>
+      </c>
+      <c r="U158" s="424"/>
+      <c r="V158" s="445" t="s">
+        <v>966</v>
+      </c>
+      <c r="W158" s="424"/>
+      <c r="X158" s="424"/>
+      <c r="Y158" s="430"/>
     </row>
     <row r="159" spans="1:25" ht="270.75" customHeight="1">
-      <c r="A159" s="547"/>
-[...13 lines deleted...]
-      <c r="O159" s="466"/>
+      <c r="A159" s="474"/>
+      <c r="B159" s="463"/>
+      <c r="C159" s="465"/>
+      <c r="D159" s="471"/>
+      <c r="E159" s="443"/>
+      <c r="F159" s="443"/>
+      <c r="G159" s="443"/>
+      <c r="H159" s="465"/>
+      <c r="I159" s="472"/>
+      <c r="J159" s="472"/>
+      <c r="K159" s="472"/>
+      <c r="L159" s="472"/>
+      <c r="M159" s="457"/>
+      <c r="N159" s="457"/>
+      <c r="O159" s="443"/>
       <c r="P159" s="232" t="s">
-        <v>810</v>
+        <v>799</v>
       </c>
       <c r="Q159" s="230" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R159" s="230" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S159" s="231">
         <v>45744</v>
       </c>
-      <c r="T159" s="466"/>
-[...4 lines deleted...]
-      <c r="Y159" s="427"/>
+      <c r="T159" s="443"/>
+      <c r="U159" s="425"/>
+      <c r="V159" s="446"/>
+      <c r="W159" s="425"/>
+      <c r="X159" s="425"/>
+      <c r="Y159" s="431"/>
     </row>
     <row r="160" spans="1:25" ht="382.5" customHeight="1">
-      <c r="A160" s="546">
+      <c r="A160" s="473">
         <v>56</v>
       </c>
-      <c r="B160" s="488" t="s">
+      <c r="B160" s="462" t="s">
         <v>85</v>
       </c>
-      <c r="C160" s="462">
+      <c r="C160" s="464">
         <v>96</v>
       </c>
-      <c r="D160" s="486" t="s">
-[...14 lines deleted...]
-      <c r="I160" s="445">
+      <c r="D160" s="469" t="s">
+        <v>592</v>
+      </c>
+      <c r="E160" s="441" t="s">
+        <v>593</v>
+      </c>
+      <c r="F160" s="441" t="s">
+        <v>796</v>
+      </c>
+      <c r="G160" s="441" t="s">
+        <v>780</v>
+      </c>
+      <c r="H160" s="441" t="s">
+        <v>594</v>
+      </c>
+      <c r="I160" s="452">
         <f>J160+K160</f>
         <v>60.2</v>
       </c>
-      <c r="J160" s="445">
+      <c r="J160" s="452">
         <v>30.2</v>
       </c>
-      <c r="K160" s="445">
+      <c r="K160" s="452">
         <v>30</v>
       </c>
-      <c r="L160" s="445">
+      <c r="L160" s="452">
         <v>30.1</v>
       </c>
-      <c r="M160" s="444" t="s">
+      <c r="M160" s="457" t="s">
         <v>3</v>
       </c>
-      <c r="N160" s="444" t="s">
+      <c r="N160" s="457" t="s">
         <v>126</v>
       </c>
-      <c r="O160" s="465" t="s">
-[...11 lines deleted...]
-      <c r="S160" s="500">
+      <c r="O160" s="441" t="s">
+        <v>738</v>
+      </c>
+      <c r="P160" s="483" t="s">
+        <v>409</v>
+      </c>
+      <c r="Q160" s="447" t="s">
+        <v>340</v>
+      </c>
+      <c r="R160" s="447" t="s">
+        <v>293</v>
+      </c>
+      <c r="S160" s="479">
         <v>44800</v>
       </c>
-      <c r="T160" s="432" t="s">
-[...4 lines deleted...]
-        <v>993</v>
+      <c r="T160" s="481" t="s">
+        <v>346</v>
+      </c>
+      <c r="U160" s="424"/>
+      <c r="V160" s="445" t="s">
+        <v>967</v>
       </c>
       <c r="W160" s="149"/>
       <c r="X160" s="149"/>
-      <c r="Y160" s="425"/>
+      <c r="Y160" s="430"/>
     </row>
     <row r="161" spans="1:25" ht="399" customHeight="1">
-      <c r="A161" s="547"/>
-[...20 lines deleted...]
-      <c r="V161" s="429"/>
+      <c r="A161" s="474"/>
+      <c r="B161" s="511"/>
+      <c r="C161" s="512"/>
+      <c r="D161" s="470"/>
+      <c r="E161" s="442"/>
+      <c r="F161" s="442"/>
+      <c r="G161" s="442"/>
+      <c r="H161" s="442"/>
+      <c r="I161" s="472"/>
+      <c r="J161" s="472"/>
+      <c r="K161" s="472"/>
+      <c r="L161" s="453"/>
+      <c r="M161" s="457"/>
+      <c r="N161" s="457"/>
+      <c r="O161" s="443"/>
+      <c r="P161" s="510"/>
+      <c r="Q161" s="448"/>
+      <c r="R161" s="448"/>
+      <c r="S161" s="480"/>
+      <c r="T161" s="482"/>
+      <c r="U161" s="425"/>
+      <c r="V161" s="446"/>
       <c r="W161" s="150"/>
       <c r="X161" s="150"/>
-      <c r="Y161" s="427"/>
+      <c r="Y161" s="431"/>
     </row>
     <row r="162" spans="1:25" ht="368.25" customHeight="1">
-      <c r="A162" s="546">
+      <c r="A162" s="473">
         <v>57</v>
       </c>
-      <c r="B162" s="488" t="s">
+      <c r="B162" s="462" t="s">
         <v>86</v>
       </c>
-      <c r="C162" s="462">
+      <c r="C162" s="464">
         <v>97</v>
       </c>
-      <c r="D162" s="486" t="s">
-[...11 lines deleted...]
-      <c r="H162" s="462" t="s">
+      <c r="D162" s="469" t="s">
+        <v>595</v>
+      </c>
+      <c r="E162" s="515" t="s">
+        <v>596</v>
+      </c>
+      <c r="F162" s="441" t="s">
+        <v>843</v>
+      </c>
+      <c r="G162" s="441" t="s">
+        <v>781</v>
+      </c>
+      <c r="H162" s="464" t="s">
         <v>18</v>
       </c>
-      <c r="I162" s="445">
+      <c r="I162" s="452">
         <f>J162+K162</f>
         <v>61.2</v>
       </c>
-      <c r="J162" s="445">
+      <c r="J162" s="452">
         <v>30.2</v>
       </c>
-      <c r="K162" s="445">
+      <c r="K162" s="452">
         <v>31</v>
       </c>
-      <c r="L162" s="445">
+      <c r="L162" s="452">
         <v>30.6</v>
       </c>
-      <c r="M162" s="444" t="s">
+      <c r="M162" s="457" t="s">
         <v>3</v>
       </c>
-      <c r="N162" s="444" t="s">
+      <c r="N162" s="457" t="s">
         <v>126</v>
       </c>
-      <c r="O162" s="465" t="s">
-        <v>763</v>
+      <c r="O162" s="441" t="s">
+        <v>753</v>
       </c>
       <c r="P162" s="172" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="Q162" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R162" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S162" s="56">
         <v>45463</v>
       </c>
       <c r="T162" s="80" t="s">
         <v>262</v>
       </c>
       <c r="U162" s="55"/>
-      <c r="V162" s="428" t="s">
-        <v>994</v>
+      <c r="V162" s="445" t="s">
+        <v>968</v>
       </c>
       <c r="W162" s="149"/>
       <c r="X162" s="149"/>
-      <c r="Y162" s="425"/>
+      <c r="Y162" s="430"/>
     </row>
     <row r="163" spans="1:25" ht="395.25" customHeight="1">
-      <c r="A163" s="547"/>
-[...13 lines deleted...]
-      <c r="O163" s="466"/>
+      <c r="A163" s="474"/>
+      <c r="B163" s="463"/>
+      <c r="C163" s="465"/>
+      <c r="D163" s="471"/>
+      <c r="E163" s="515"/>
+      <c r="F163" s="443"/>
+      <c r="G163" s="443"/>
+      <c r="H163" s="465"/>
+      <c r="I163" s="472"/>
+      <c r="J163" s="472"/>
+      <c r="K163" s="472"/>
+      <c r="L163" s="472"/>
+      <c r="M163" s="457"/>
+      <c r="N163" s="457"/>
+      <c r="O163" s="443"/>
       <c r="P163" s="172" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="Q163" s="55"/>
       <c r="R163" s="55"/>
       <c r="S163" s="56"/>
       <c r="T163" s="80" t="s">
         <v>148</v>
       </c>
       <c r="U163" s="55"/>
-      <c r="V163" s="429"/>
+      <c r="V163" s="446"/>
       <c r="W163" s="150"/>
       <c r="X163" s="150"/>
-      <c r="Y163" s="427"/>
+      <c r="Y163" s="431"/>
     </row>
     <row r="164" spans="1:25" ht="261.75" customHeight="1">
-      <c r="A164" s="546">
+      <c r="A164" s="473">
         <v>58</v>
       </c>
-      <c r="B164" s="491" t="s">
+      <c r="B164" s="466" t="s">
         <v>87</v>
       </c>
-      <c r="C164" s="462">
+      <c r="C164" s="464">
         <v>98</v>
       </c>
-      <c r="D164" s="486" t="s">
+      <c r="D164" s="469" t="s">
         <v>166</v>
       </c>
-      <c r="E164" s="465" t="s">
-[...11 lines deleted...]
-      <c r="I164" s="517">
+      <c r="E164" s="441" t="s">
+        <v>597</v>
+      </c>
+      <c r="F164" s="441" t="s">
+        <v>643</v>
+      </c>
+      <c r="G164" s="561" t="s">
+        <v>598</v>
+      </c>
+      <c r="H164" s="561" t="s">
+        <v>599</v>
+      </c>
+      <c r="I164" s="610">
         <f>J164+K164</f>
         <v>38.900000000000006</v>
       </c>
-      <c r="J164" s="517">
+      <c r="J164" s="610">
         <v>19.100000000000001</v>
       </c>
-      <c r="K164" s="517">
+      <c r="K164" s="610">
         <v>19.8</v>
       </c>
-      <c r="L164" s="445">
+      <c r="L164" s="452">
         <f>I164/2</f>
         <v>19.450000000000003</v>
       </c>
-      <c r="M164" s="413" t="s">
+      <c r="M164" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N164" s="413" t="s">
+      <c r="N164" s="424" t="s">
         <v>126</v>
       </c>
-      <c r="O164" s="465" t="s">
-[...11 lines deleted...]
-      <c r="S164" s="475">
+      <c r="O164" s="441" t="s">
+        <v>728</v>
+      </c>
+      <c r="P164" s="483" t="s">
+        <v>373</v>
+      </c>
+      <c r="Q164" s="424" t="s">
+        <v>340</v>
+      </c>
+      <c r="R164" s="424" t="s">
+        <v>293</v>
+      </c>
+      <c r="S164" s="426">
         <v>45449</v>
       </c>
-      <c r="T164" s="465" t="s">
+      <c r="T164" s="441" t="s">
         <v>247</v>
       </c>
-      <c r="U164" s="413"/>
-[...1 lines deleted...]
-        <v>995</v>
+      <c r="U164" s="424"/>
+      <c r="V164" s="445" t="s">
+        <v>969</v>
       </c>
       <c r="W164" s="149"/>
       <c r="X164" s="149"/>
-      <c r="Y164" s="546"/>
+      <c r="Y164" s="473"/>
     </row>
     <row r="165" spans="1:25" ht="244.5" customHeight="1">
-      <c r="A165" s="547"/>
-[...20 lines deleted...]
-      <c r="V165" s="429"/>
+      <c r="A165" s="474"/>
+      <c r="B165" s="468"/>
+      <c r="C165" s="465"/>
+      <c r="D165" s="471"/>
+      <c r="E165" s="443"/>
+      <c r="F165" s="443"/>
+      <c r="G165" s="562"/>
+      <c r="H165" s="562"/>
+      <c r="I165" s="611"/>
+      <c r="J165" s="611"/>
+      <c r="K165" s="611"/>
+      <c r="L165" s="472"/>
+      <c r="M165" s="425"/>
+      <c r="N165" s="425"/>
+      <c r="O165" s="443"/>
+      <c r="P165" s="484"/>
+      <c r="Q165" s="425"/>
+      <c r="R165" s="425"/>
+      <c r="S165" s="427"/>
+      <c r="T165" s="443"/>
+      <c r="U165" s="425"/>
+      <c r="V165" s="446"/>
       <c r="W165" s="150"/>
       <c r="X165" s="150"/>
-      <c r="Y165" s="547"/>
+      <c r="Y165" s="474"/>
     </row>
     <row r="166" spans="1:25" ht="207" customHeight="1">
       <c r="A166" s="76">
         <v>59</v>
       </c>
       <c r="B166" s="79" t="s">
         <v>220</v>
       </c>
       <c r="C166" s="94">
         <v>99</v>
       </c>
       <c r="D166" s="95" t="s">
         <v>204</v>
       </c>
-      <c r="E166" s="329" t="s">
-[...9 lines deleted...]
-        <v>611</v>
+      <c r="E166" s="328" t="s">
+        <v>600</v>
+      </c>
+      <c r="F166" s="328" t="s">
+        <v>601</v>
+      </c>
+      <c r="G166" s="328" t="s">
+        <v>602</v>
+      </c>
+      <c r="H166" s="328" t="s">
+        <v>603</v>
       </c>
       <c r="I166" s="112">
         <f>J166+K166</f>
         <v>14.2</v>
       </c>
       <c r="J166" s="112">
         <v>7.3</v>
       </c>
       <c r="K166" s="112">
         <v>6.9</v>
       </c>
       <c r="L166" s="114">
         <v>7.1</v>
       </c>
       <c r="M166" s="76" t="s">
         <v>3</v>
       </c>
       <c r="N166" s="76" t="s">
         <v>126</v>
       </c>
       <c r="O166" s="205" t="s">
-        <v>741</v>
+        <v>733</v>
       </c>
       <c r="P166" s="176" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="Q166" s="139" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R166" s="88" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S166" s="78">
         <v>45505</v>
       </c>
       <c r="T166" s="61" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="U166" s="65"/>
-      <c r="V166" s="385" t="s">
-        <v>996</v>
+      <c r="V166" s="381" t="s">
+        <v>970</v>
       </c>
       <c r="W166" s="149"/>
       <c r="X166" s="149"/>
       <c r="Y166" s="19"/>
     </row>
     <row r="167" spans="1:25" ht="15" customHeight="1">
-      <c r="A167" s="481" t="s">
-[...15 lines deleted...]
-      <c r="O167" s="483"/>
+      <c r="A167" s="449" t="s">
+        <v>859</v>
+      </c>
+      <c r="B167" s="450"/>
+      <c r="C167" s="450"/>
+      <c r="D167" s="450"/>
+      <c r="E167" s="450"/>
+      <c r="F167" s="450"/>
+      <c r="G167" s="450"/>
+      <c r="H167" s="450"/>
+      <c r="I167" s="450"/>
+      <c r="J167" s="450"/>
+      <c r="K167" s="450"/>
+      <c r="L167" s="450"/>
+      <c r="M167" s="450"/>
+      <c r="N167" s="450"/>
+      <c r="O167" s="451"/>
       <c r="P167" s="181">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="Q167" s="23"/>
       <c r="R167" s="23"/>
       <c r="S167" s="24"/>
       <c r="T167" s="35"/>
       <c r="U167" s="167"/>
       <c r="V167" s="213"/>
       <c r="W167" s="167"/>
       <c r="X167" s="167"/>
       <c r="Y167" s="25"/>
     </row>
     <row r="168" spans="1:25" ht="15" customHeight="1">
-      <c r="A168" s="481" t="s">
+      <c r="A168" s="449" t="s">
         <v>13</v>
       </c>
-      <c r="B168" s="482"/>
-[...22 lines deleted...]
-      <c r="Y168" s="483"/>
+      <c r="B168" s="450"/>
+      <c r="C168" s="450"/>
+      <c r="D168" s="450"/>
+      <c r="E168" s="450"/>
+      <c r="F168" s="450"/>
+      <c r="G168" s="450"/>
+      <c r="H168" s="450"/>
+      <c r="I168" s="450"/>
+      <c r="J168" s="450"/>
+      <c r="K168" s="450"/>
+      <c r="L168" s="450"/>
+      <c r="M168" s="450"/>
+      <c r="N168" s="450"/>
+      <c r="O168" s="450"/>
+      <c r="P168" s="450"/>
+      <c r="Q168" s="450"/>
+      <c r="R168" s="450"/>
+      <c r="S168" s="450"/>
+      <c r="T168" s="450"/>
+      <c r="U168" s="450"/>
+      <c r="V168" s="450"/>
+      <c r="W168" s="450"/>
+      <c r="X168" s="450"/>
+      <c r="Y168" s="451"/>
     </row>
     <row r="169" spans="1:25" ht="318" customHeight="1">
       <c r="A169" s="71">
         <v>1</v>
       </c>
       <c r="B169" s="67" t="s">
         <v>88</v>
       </c>
       <c r="C169" s="68">
         <v>8</v>
       </c>
       <c r="D169" s="200" t="s">
-        <v>652</v>
-[...2 lines deleted...]
-        <v>653</v>
+        <v>644</v>
+      </c>
+      <c r="E169" s="327" t="s">
+        <v>645</v>
       </c>
       <c r="F169" s="65" t="s">
         <v>18</v>
       </c>
-      <c r="G169" s="328" t="s">
-        <v>654</v>
+      <c r="G169" s="327" t="s">
+        <v>646</v>
       </c>
       <c r="H169" s="73" t="s">
-        <v>655</v>
+        <v>647</v>
       </c>
       <c r="I169" s="117">
         <f>J169+K169</f>
         <v>27.200000000000003</v>
       </c>
       <c r="J169" s="117">
         <v>13.4</v>
       </c>
       <c r="K169" s="117">
         <v>13.8</v>
       </c>
       <c r="L169" s="117">
         <v>13.6</v>
       </c>
       <c r="M169" s="65" t="s">
         <v>3</v>
       </c>
       <c r="N169" s="65" t="s">
         <v>125</v>
       </c>
       <c r="O169" s="206" t="s">
-        <v>764</v>
+        <v>754</v>
       </c>
       <c r="P169" s="173" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="Q169" s="135" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R169" s="65" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S169" s="62">
         <v>42352</v>
       </c>
       <c r="T169" s="61" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="U169" s="62">
         <v>46990</v>
       </c>
-      <c r="V169" s="390" t="s">
-        <v>997</v>
+      <c r="V169" s="386" t="s">
+        <v>971</v>
       </c>
       <c r="W169" s="151"/>
       <c r="X169" s="151"/>
       <c r="Y169" s="57"/>
     </row>
     <row r="170" spans="1:25" ht="274.5" customHeight="1">
-      <c r="A170" s="546">
+      <c r="A170" s="473">
         <v>2</v>
       </c>
-      <c r="B170" s="488" t="s">
+      <c r="B170" s="462" t="s">
         <v>89</v>
       </c>
-      <c r="C170" s="462">
+      <c r="C170" s="464">
         <v>9</v>
       </c>
-      <c r="D170" s="486" t="s">
+      <c r="D170" s="469" t="s">
         <v>216</v>
       </c>
-      <c r="E170" s="465" t="s">
-[...8 lines deleted...]
-      <c r="H170" s="413" t="s">
+      <c r="E170" s="441" t="s">
+        <v>801</v>
+      </c>
+      <c r="F170" s="441" t="s">
+        <v>802</v>
+      </c>
+      <c r="G170" s="441" t="s">
+        <v>844</v>
+      </c>
+      <c r="H170" s="424" t="s">
         <v>18</v>
       </c>
-      <c r="I170" s="445">
+      <c r="I170" s="452">
         <f>J170+K170</f>
         <v>45.8</v>
       </c>
-      <c r="J170" s="445">
+      <c r="J170" s="452">
         <v>21.6</v>
       </c>
-      <c r="K170" s="445">
+      <c r="K170" s="452">
         <v>24.2</v>
       </c>
-      <c r="L170" s="445">
+      <c r="L170" s="452">
         <f>I170/2</f>
         <v>22.9</v>
       </c>
-      <c r="M170" s="413" t="s">
+      <c r="M170" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N170" s="413" t="s">
+      <c r="N170" s="424" t="s">
         <v>125</v>
       </c>
-      <c r="O170" s="465" t="s">
-[...11 lines deleted...]
-      <c r="S170" s="475">
+      <c r="O170" s="441" t="s">
+        <v>755</v>
+      </c>
+      <c r="P170" s="483" t="s">
+        <v>423</v>
+      </c>
+      <c r="Q170" s="424" t="s">
+        <v>352</v>
+      </c>
+      <c r="R170" s="424" t="s">
+        <v>335</v>
+      </c>
+      <c r="S170" s="426">
         <v>45668</v>
       </c>
-      <c r="T170" s="479" t="s">
-[...2 lines deleted...]
-      <c r="U170" s="475">
+      <c r="T170" s="428" t="s">
+        <v>351</v>
+      </c>
+      <c r="U170" s="426">
         <v>46729</v>
       </c>
-      <c r="V170" s="430" t="s">
-        <v>970</v>
+      <c r="V170" s="432" t="s">
+        <v>945</v>
       </c>
       <c r="W170" s="151"/>
       <c r="X170" s="151"/>
-      <c r="Y170" s="425"/>
+      <c r="Y170" s="430"/>
     </row>
     <row r="171" spans="1:25" ht="192" customHeight="1">
-      <c r="A171" s="547"/>
-[...20 lines deleted...]
-      <c r="V171" s="431"/>
+      <c r="A171" s="474"/>
+      <c r="B171" s="463"/>
+      <c r="C171" s="465"/>
+      <c r="D171" s="471"/>
+      <c r="E171" s="443"/>
+      <c r="F171" s="443"/>
+      <c r="G171" s="443"/>
+      <c r="H171" s="425"/>
+      <c r="I171" s="472"/>
+      <c r="J171" s="472"/>
+      <c r="K171" s="472"/>
+      <c r="L171" s="472"/>
+      <c r="M171" s="425"/>
+      <c r="N171" s="425"/>
+      <c r="O171" s="443"/>
+      <c r="P171" s="484"/>
+      <c r="Q171" s="425"/>
+      <c r="R171" s="425"/>
+      <c r="S171" s="427"/>
+      <c r="T171" s="429"/>
+      <c r="U171" s="425"/>
+      <c r="V171" s="433"/>
       <c r="W171" s="152"/>
       <c r="X171" s="152"/>
-      <c r="Y171" s="427"/>
+      <c r="Y171" s="431"/>
     </row>
     <row r="172" spans="1:25" ht="192" customHeight="1">
       <c r="A172" s="227" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="B172" s="218" t="s">
         <v>90</v>
       </c>
       <c r="C172" s="219">
         <v>10</v>
       </c>
       <c r="D172" s="220" t="s">
-        <v>656</v>
+        <v>648</v>
       </c>
       <c r="E172" s="221" t="s">
-        <v>657</v>
+        <v>649</v>
       </c>
       <c r="F172" s="221" t="s">
-        <v>658</v>
+        <v>650</v>
       </c>
       <c r="G172" s="221" t="s">
         <v>236</v>
       </c>
       <c r="H172" s="221" t="s">
-        <v>659</v>
+        <v>651</v>
       </c>
       <c r="I172" s="222">
         <f>J172+K172</f>
         <v>13.4</v>
       </c>
       <c r="J172" s="222">
         <v>7.2</v>
       </c>
       <c r="K172" s="222">
         <v>6.2</v>
       </c>
       <c r="L172" s="222">
         <v>6.7</v>
       </c>
       <c r="M172" s="223" t="s">
         <v>3</v>
       </c>
       <c r="N172" s="223" t="s">
         <v>125</v>
       </c>
       <c r="O172" s="221" t="s">
-        <v>766</v>
+        <v>756</v>
       </c>
       <c r="P172" s="221" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="Q172" s="223"/>
       <c r="R172" s="223"/>
       <c r="S172" s="224"/>
       <c r="T172" s="225" t="s">
         <v>148</v>
       </c>
       <c r="U172" s="224"/>
       <c r="V172" s="314" t="s">
-        <v>802</v>
+        <v>791</v>
       </c>
       <c r="W172" s="224"/>
       <c r="X172" s="224"/>
       <c r="Y172" s="226"/>
     </row>
     <row r="173" spans="1:25" ht="408.75" customHeight="1">
-      <c r="A173" s="546">
+      <c r="A173" s="473">
         <v>3</v>
       </c>
-      <c r="B173" s="488" t="s">
+      <c r="B173" s="462" t="s">
         <v>91</v>
       </c>
-      <c r="C173" s="462">
+      <c r="C173" s="464">
         <v>11</v>
       </c>
-      <c r="D173" s="486" t="s">
+      <c r="D173" s="469" t="s">
         <v>217</v>
       </c>
-      <c r="E173" s="465" t="s">
-[...8 lines deleted...]
-      <c r="H173" s="413" t="s">
+      <c r="E173" s="441" t="s">
+        <v>877</v>
+      </c>
+      <c r="F173" s="441" t="s">
+        <v>878</v>
+      </c>
+      <c r="G173" s="441" t="s">
+        <v>879</v>
+      </c>
+      <c r="H173" s="424" t="s">
         <v>18</v>
       </c>
-      <c r="I173" s="588">
+      <c r="I173" s="559">
         <f>J173+K173</f>
         <v>64.400000000000006</v>
       </c>
-      <c r="J173" s="445">
+      <c r="J173" s="452">
         <v>31.3</v>
       </c>
-      <c r="K173" s="445">
+      <c r="K173" s="452">
         <v>33.1</v>
       </c>
-      <c r="L173" s="445">
+      <c r="L173" s="452">
         <f>I173/2</f>
         <v>32.200000000000003</v>
       </c>
-      <c r="M173" s="413" t="s">
+      <c r="M173" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N173" s="413" t="s">
+      <c r="N173" s="424" t="s">
         <v>125</v>
       </c>
-      <c r="O173" s="465" t="s">
-[...11 lines deleted...]
-      <c r="S173" s="475">
+      <c r="O173" s="441" t="s">
+        <v>755</v>
+      </c>
+      <c r="P173" s="483" t="s">
+        <v>425</v>
+      </c>
+      <c r="Q173" s="424" t="s">
+        <v>340</v>
+      </c>
+      <c r="R173" s="424" t="s">
+        <v>293</v>
+      </c>
+      <c r="S173" s="426">
         <v>42248</v>
       </c>
-      <c r="T173" s="479" t="s">
-[...2 lines deleted...]
-      <c r="U173" s="475">
+      <c r="T173" s="428" t="s">
+        <v>270</v>
+      </c>
+      <c r="U173" s="426">
         <v>46996</v>
       </c>
-      <c r="V173" s="430" t="s">
-        <v>896</v>
+      <c r="V173" s="432" t="s">
+        <v>880</v>
       </c>
       <c r="W173" s="151"/>
       <c r="X173" s="151"/>
-      <c r="Y173" s="425"/>
+      <c r="Y173" s="430"/>
     </row>
     <row r="174" spans="1:25" ht="315.75" customHeight="1">
-      <c r="A174" s="547"/>
-[...20 lines deleted...]
-      <c r="V174" s="431"/>
+      <c r="A174" s="474"/>
+      <c r="B174" s="463"/>
+      <c r="C174" s="465"/>
+      <c r="D174" s="471"/>
+      <c r="E174" s="443"/>
+      <c r="F174" s="443"/>
+      <c r="G174" s="443"/>
+      <c r="H174" s="425"/>
+      <c r="I174" s="560"/>
+      <c r="J174" s="472"/>
+      <c r="K174" s="472"/>
+      <c r="L174" s="472"/>
+      <c r="M174" s="425"/>
+      <c r="N174" s="425"/>
+      <c r="O174" s="443"/>
+      <c r="P174" s="484"/>
+      <c r="Q174" s="425"/>
+      <c r="R174" s="425"/>
+      <c r="S174" s="427"/>
+      <c r="T174" s="429"/>
+      <c r="U174" s="425"/>
+      <c r="V174" s="433"/>
       <c r="W174" s="150"/>
       <c r="X174" s="150"/>
-      <c r="Y174" s="427"/>
+      <c r="Y174" s="431"/>
     </row>
     <row r="175" spans="1:25" ht="264.75" customHeight="1">
-      <c r="A175" s="574" t="s">
-[...2 lines deleted...]
-      <c r="B175" s="576" t="s">
+      <c r="A175" s="547" t="s">
+        <v>339</v>
+      </c>
+      <c r="B175" s="549" t="s">
         <v>92</v>
       </c>
-      <c r="C175" s="578">
+      <c r="C175" s="530">
         <v>14</v>
       </c>
-      <c r="D175" s="580" t="s">
+      <c r="D175" s="532" t="s">
         <v>167</v>
       </c>
-      <c r="E175" s="582" t="s">
-[...8 lines deleted...]
-      <c r="H175" s="469" t="s">
+      <c r="E175" s="506" t="s">
+        <v>786</v>
+      </c>
+      <c r="F175" s="506" t="s">
+        <v>787</v>
+      </c>
+      <c r="G175" s="506" t="s">
+        <v>652</v>
+      </c>
+      <c r="H175" s="434" t="s">
         <v>18</v>
       </c>
-      <c r="I175" s="467">
+      <c r="I175" s="508">
         <f>J175+K175</f>
         <v>38.6</v>
       </c>
-      <c r="J175" s="467">
+      <c r="J175" s="508">
         <v>19.3</v>
       </c>
-      <c r="K175" s="467">
+      <c r="K175" s="508">
         <v>19.3</v>
       </c>
-      <c r="L175" s="467">
+      <c r="L175" s="508">
         <v>19.3</v>
       </c>
-      <c r="M175" s="469" t="s">
+      <c r="M175" s="434" t="s">
         <v>3</v>
       </c>
-      <c r="N175" s="469" t="s">
+      <c r="N175" s="434" t="s">
         <v>125</v>
       </c>
-      <c r="O175" s="582" t="s">
-[...8 lines deleted...]
-      <c r="T175" s="586" t="s">
+      <c r="O175" s="506" t="s">
+        <v>756</v>
+      </c>
+      <c r="P175" s="506" t="s">
+        <v>422</v>
+      </c>
+      <c r="Q175" s="434"/>
+      <c r="R175" s="434"/>
+      <c r="S175" s="538"/>
+      <c r="T175" s="536" t="s">
         <v>148</v>
       </c>
-      <c r="U175" s="469"/>
-[...1 lines deleted...]
-        <v>803</v>
+      <c r="U175" s="434"/>
+      <c r="V175" s="626" t="s">
+        <v>792</v>
       </c>
       <c r="W175" s="223"/>
       <c r="X175" s="223"/>
-      <c r="Y175" s="570"/>
+      <c r="Y175" s="436"/>
     </row>
     <row r="176" spans="1:25" ht="248.25" customHeight="1">
-      <c r="A176" s="575"/>
-[...20 lines deleted...]
-      <c r="V176" s="437"/>
+      <c r="A176" s="548"/>
+      <c r="B176" s="550"/>
+      <c r="C176" s="531"/>
+      <c r="D176" s="533"/>
+      <c r="E176" s="507"/>
+      <c r="F176" s="507"/>
+      <c r="G176" s="507"/>
+      <c r="H176" s="435"/>
+      <c r="I176" s="509"/>
+      <c r="J176" s="509"/>
+      <c r="K176" s="509"/>
+      <c r="L176" s="509"/>
+      <c r="M176" s="435"/>
+      <c r="N176" s="435"/>
+      <c r="O176" s="507"/>
+      <c r="P176" s="507"/>
+      <c r="Q176" s="435"/>
+      <c r="R176" s="435"/>
+      <c r="S176" s="540"/>
+      <c r="T176" s="537"/>
+      <c r="U176" s="435"/>
+      <c r="V176" s="627"/>
       <c r="W176" s="228"/>
       <c r="X176" s="228"/>
-      <c r="Y176" s="571"/>
+      <c r="Y176" s="437"/>
     </row>
     <row r="177" spans="1:25" ht="285" customHeight="1">
-      <c r="A177" s="590">
+      <c r="A177" s="558">
         <v>4</v>
       </c>
-      <c r="B177" s="488" t="s">
+      <c r="B177" s="462" t="s">
         <v>93</v>
       </c>
-      <c r="C177" s="462">
+      <c r="C177" s="464">
         <v>18</v>
       </c>
-      <c r="D177" s="486" t="s">
+      <c r="D177" s="469" t="s">
         <v>233</v>
       </c>
-      <c r="E177" s="465" t="s">
-[...5 lines deleted...]
-      <c r="G177" s="465" t="s">
+      <c r="E177" s="441" t="s">
+        <v>653</v>
+      </c>
+      <c r="F177" s="441" t="s">
+        <v>654</v>
+      </c>
+      <c r="G177" s="441" t="s">
         <v>234</v>
       </c>
-      <c r="H177" s="465" t="s">
-[...2 lines deleted...]
-      <c r="I177" s="445">
+      <c r="H177" s="441" t="s">
+        <v>788</v>
+      </c>
+      <c r="I177" s="452">
         <f>J177+K177</f>
         <v>31.5</v>
       </c>
-      <c r="J177" s="445">
+      <c r="J177" s="452">
         <v>16.100000000000001</v>
       </c>
-      <c r="K177" s="445">
+      <c r="K177" s="452">
         <v>15.4</v>
       </c>
-      <c r="L177" s="445">
+      <c r="L177" s="452">
         <v>15.75</v>
       </c>
-      <c r="M177" s="413" t="s">
+      <c r="M177" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N177" s="413" t="s">
+      <c r="N177" s="424" t="s">
         <v>125</v>
       </c>
-      <c r="O177" s="465" t="s">
-[...11 lines deleted...]
-      <c r="S177" s="475">
+      <c r="O177" s="441" t="s">
+        <v>754</v>
+      </c>
+      <c r="P177" s="483" t="s">
+        <v>426</v>
+      </c>
+      <c r="Q177" s="424" t="s">
+        <v>340</v>
+      </c>
+      <c r="R177" s="424" t="s">
+        <v>293</v>
+      </c>
+      <c r="S177" s="426">
         <v>42635</v>
       </c>
-      <c r="T177" s="479" t="s">
-[...2 lines deleted...]
-      <c r="U177" s="475">
+      <c r="T177" s="428" t="s">
+        <v>334</v>
+      </c>
+      <c r="U177" s="426">
         <v>47355</v>
       </c>
-      <c r="V177" s="430" t="s">
-        <v>832</v>
+      <c r="V177" s="432" t="s">
+        <v>819</v>
       </c>
       <c r="W177" s="151"/>
       <c r="X177" s="151"/>
-      <c r="Y177" s="425"/>
+      <c r="Y177" s="430"/>
     </row>
     <row r="178" spans="1:25" ht="201.75" customHeight="1">
-      <c r="A178" s="590"/>
-[...20 lines deleted...]
-      <c r="V178" s="431"/>
+      <c r="A178" s="558"/>
+      <c r="B178" s="463"/>
+      <c r="C178" s="465"/>
+      <c r="D178" s="471"/>
+      <c r="E178" s="443"/>
+      <c r="F178" s="443"/>
+      <c r="G178" s="443"/>
+      <c r="H178" s="443"/>
+      <c r="I178" s="472"/>
+      <c r="J178" s="472"/>
+      <c r="K178" s="472"/>
+      <c r="L178" s="472"/>
+      <c r="M178" s="425"/>
+      <c r="N178" s="425"/>
+      <c r="O178" s="443"/>
+      <c r="P178" s="484"/>
+      <c r="Q178" s="425"/>
+      <c r="R178" s="425"/>
+      <c r="S178" s="427"/>
+      <c r="T178" s="429"/>
+      <c r="U178" s="425"/>
+      <c r="V178" s="433"/>
       <c r="W178" s="150"/>
       <c r="X178" s="150"/>
-      <c r="Y178" s="427"/>
+      <c r="Y178" s="431"/>
     </row>
     <row r="179" spans="1:25" ht="254.25" customHeight="1">
-      <c r="A179" s="546">
+      <c r="A179" s="473">
         <v>5</v>
       </c>
-      <c r="B179" s="488" t="s">
+      <c r="B179" s="462" t="s">
         <v>94</v>
       </c>
-      <c r="C179" s="462">
+      <c r="C179" s="464">
         <v>19</v>
       </c>
-      <c r="D179" s="486" t="s">
-[...14 lines deleted...]
-      <c r="I179" s="445">
+      <c r="D179" s="469" t="s">
+        <v>655</v>
+      </c>
+      <c r="E179" s="441" t="s">
+        <v>656</v>
+      </c>
+      <c r="F179" s="441" t="s">
+        <v>657</v>
+      </c>
+      <c r="G179" s="441" t="s">
+        <v>658</v>
+      </c>
+      <c r="H179" s="441" t="s">
+        <v>659</v>
+      </c>
+      <c r="I179" s="452">
         <f>J179+K179</f>
         <v>36</v>
       </c>
-      <c r="J179" s="445">
+      <c r="J179" s="452">
         <v>17.7</v>
       </c>
-      <c r="K179" s="445">
+      <c r="K179" s="452">
         <v>18.3</v>
       </c>
-      <c r="L179" s="445">
+      <c r="L179" s="452">
         <v>18</v>
       </c>
-      <c r="M179" s="413" t="s">
+      <c r="M179" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N179" s="413" t="s">
+      <c r="N179" s="424" t="s">
         <v>125</v>
       </c>
-      <c r="O179" s="465" t="s">
-[...11 lines deleted...]
-      <c r="S179" s="475">
+      <c r="O179" s="441" t="s">
+        <v>755</v>
+      </c>
+      <c r="P179" s="483" t="s">
+        <v>427</v>
+      </c>
+      <c r="Q179" s="424" t="s">
+        <v>340</v>
+      </c>
+      <c r="R179" s="424" t="s">
+        <v>293</v>
+      </c>
+      <c r="S179" s="426">
         <v>41409</v>
       </c>
-      <c r="T179" s="479" t="s">
-[...2 lines deleted...]
-      <c r="U179" s="475">
+      <c r="T179" s="428" t="s">
+        <v>271</v>
+      </c>
+      <c r="U179" s="426">
         <v>46521</v>
       </c>
-      <c r="V179" s="430" t="s">
-        <v>832</v>
+      <c r="V179" s="432" t="s">
+        <v>819</v>
       </c>
       <c r="W179" s="151"/>
       <c r="X179" s="151"/>
-      <c r="Y179" s="425"/>
+      <c r="Y179" s="430"/>
     </row>
     <row r="180" spans="1:25" ht="199.5" customHeight="1">
-      <c r="A180" s="547"/>
-[...20 lines deleted...]
-      <c r="V180" s="431"/>
+      <c r="A180" s="474"/>
+      <c r="B180" s="463"/>
+      <c r="C180" s="465"/>
+      <c r="D180" s="471"/>
+      <c r="E180" s="443"/>
+      <c r="F180" s="443"/>
+      <c r="G180" s="443"/>
+      <c r="H180" s="443"/>
+      <c r="I180" s="472"/>
+      <c r="J180" s="472"/>
+      <c r="K180" s="472"/>
+      <c r="L180" s="472"/>
+      <c r="M180" s="425"/>
+      <c r="N180" s="425"/>
+      <c r="O180" s="443"/>
+      <c r="P180" s="484"/>
+      <c r="Q180" s="425"/>
+      <c r="R180" s="425"/>
+      <c r="S180" s="427"/>
+      <c r="T180" s="429"/>
+      <c r="U180" s="425"/>
+      <c r="V180" s="433"/>
       <c r="W180" s="150"/>
       <c r="X180" s="150"/>
-      <c r="Y180" s="427"/>
+      <c r="Y180" s="431"/>
     </row>
     <row r="181" spans="1:25" ht="187.5" customHeight="1">
-      <c r="A181" s="546">
+      <c r="A181" s="473">
         <v>6</v>
       </c>
-      <c r="B181" s="491" t="s">
+      <c r="B181" s="466" t="s">
         <v>95</v>
       </c>
-      <c r="C181" s="462">
+      <c r="C181" s="464">
         <v>23</v>
       </c>
-      <c r="D181" s="486" t="s">
-[...14 lines deleted...]
-      <c r="I181" s="445">
+      <c r="D181" s="469" t="s">
+        <v>660</v>
+      </c>
+      <c r="E181" s="441" t="s">
+        <v>932</v>
+      </c>
+      <c r="F181" s="441" t="s">
+        <v>933</v>
+      </c>
+      <c r="G181" s="441" t="s">
+        <v>856</v>
+      </c>
+      <c r="H181" s="441" t="s">
+        <v>662</v>
+      </c>
+      <c r="I181" s="452">
         <f>J181+K181</f>
         <v>53.3</v>
       </c>
-      <c r="J181" s="445">
+      <c r="J181" s="452">
         <v>26.5</v>
       </c>
-      <c r="K181" s="445">
+      <c r="K181" s="452">
         <v>26.8</v>
       </c>
-      <c r="L181" s="445">
+      <c r="L181" s="452">
         <v>26.65</v>
       </c>
-      <c r="M181" s="413" t="s">
+      <c r="M181" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N181" s="413" t="s">
+      <c r="N181" s="424" t="s">
         <v>125</v>
       </c>
-      <c r="O181" s="465" t="s">
-[...8 lines deleted...]
-      <c r="T181" s="465" t="s">
+      <c r="O181" s="441" t="s">
+        <v>757</v>
+      </c>
+      <c r="P181" s="483" t="s">
+        <v>428</v>
+      </c>
+      <c r="Q181" s="424"/>
+      <c r="R181" s="424"/>
+      <c r="S181" s="438"/>
+      <c r="T181" s="441" t="s">
         <v>148</v>
       </c>
-      <c r="U181" s="475"/>
-[...1 lines deleted...]
-        <v>956</v>
+      <c r="U181" s="426"/>
+      <c r="V181" s="432" t="s">
+        <v>934</v>
       </c>
       <c r="W181" s="151"/>
       <c r="X181" s="151"/>
-      <c r="Y181" s="425"/>
+      <c r="Y181" s="430"/>
     </row>
     <row r="182" spans="1:25" ht="266.25" customHeight="1">
-      <c r="A182" s="547"/>
-[...20 lines deleted...]
-      <c r="V182" s="431"/>
+      <c r="A182" s="474"/>
+      <c r="B182" s="468"/>
+      <c r="C182" s="465"/>
+      <c r="D182" s="471"/>
+      <c r="E182" s="443"/>
+      <c r="F182" s="443"/>
+      <c r="G182" s="443"/>
+      <c r="H182" s="443"/>
+      <c r="I182" s="472"/>
+      <c r="J182" s="472"/>
+      <c r="K182" s="472"/>
+      <c r="L182" s="472"/>
+      <c r="M182" s="425"/>
+      <c r="N182" s="425"/>
+      <c r="O182" s="443"/>
+      <c r="P182" s="484"/>
+      <c r="Q182" s="425"/>
+      <c r="R182" s="425"/>
+      <c r="S182" s="440"/>
+      <c r="T182" s="443"/>
+      <c r="U182" s="425"/>
+      <c r="V182" s="433"/>
       <c r="W182" s="150"/>
       <c r="X182" s="150"/>
-      <c r="Y182" s="427"/>
+      <c r="Y182" s="431"/>
     </row>
     <row r="183" spans="1:25" ht="323.25" customHeight="1">
-      <c r="A183" s="546">
+      <c r="A183" s="473">
         <v>7</v>
       </c>
-      <c r="B183" s="488" t="s">
+      <c r="B183" s="462" t="s">
         <v>96</v>
       </c>
-      <c r="C183" s="462">
+      <c r="C183" s="464">
         <v>24</v>
       </c>
-      <c r="D183" s="486" t="s">
+      <c r="D183" s="469" t="s">
         <v>168</v>
       </c>
-      <c r="E183" s="465" t="s">
-[...8 lines deleted...]
-      <c r="H183" s="413" t="s">
+      <c r="E183" s="441" t="s">
+        <v>919</v>
+      </c>
+      <c r="F183" s="441" t="s">
+        <v>845</v>
+      </c>
+      <c r="G183" s="441" t="s">
+        <v>663</v>
+      </c>
+      <c r="H183" s="424" t="s">
         <v>18</v>
       </c>
-      <c r="I183" s="445">
+      <c r="I183" s="452">
         <f>J183+K183</f>
         <v>59.9</v>
       </c>
-      <c r="J183" s="445">
+      <c r="J183" s="452">
         <v>30</v>
       </c>
-      <c r="K183" s="445">
+      <c r="K183" s="452">
         <v>29.9</v>
       </c>
-      <c r="L183" s="445">
+      <c r="L183" s="452">
         <v>29.95</v>
       </c>
-      <c r="M183" s="413" t="s">
+      <c r="M183" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N183" s="413" t="s">
+      <c r="N183" s="424" t="s">
         <v>125</v>
       </c>
-      <c r="O183" s="465" t="s">
-[...11 lines deleted...]
-      <c r="S183" s="508">
+      <c r="O183" s="441" t="s">
+        <v>755</v>
+      </c>
+      <c r="P183" s="483" t="s">
+        <v>429</v>
+      </c>
+      <c r="Q183" s="424" t="s">
+        <v>340</v>
+      </c>
+      <c r="R183" s="424" t="s">
+        <v>293</v>
+      </c>
+      <c r="S183" s="438">
         <v>42355</v>
       </c>
-      <c r="T183" s="479" t="s">
-[...6 lines deleted...]
-        <v>947</v>
+      <c r="T183" s="428" t="s">
+        <v>269</v>
+      </c>
+      <c r="U183" s="426">
+        <v>46811</v>
+      </c>
+      <c r="V183" s="432" t="s">
+        <v>925</v>
       </c>
       <c r="W183" s="151"/>
       <c r="X183" s="151"/>
-      <c r="Y183" s="425"/>
+      <c r="Y183" s="430"/>
     </row>
     <row r="184" spans="1:25" ht="374.25" customHeight="1">
-      <c r="A184" s="547"/>
-[...20 lines deleted...]
-      <c r="V184" s="431"/>
+      <c r="A184" s="474"/>
+      <c r="B184" s="463"/>
+      <c r="C184" s="465"/>
+      <c r="D184" s="471"/>
+      <c r="E184" s="443"/>
+      <c r="F184" s="443"/>
+      <c r="G184" s="443"/>
+      <c r="H184" s="425"/>
+      <c r="I184" s="472"/>
+      <c r="J184" s="472"/>
+      <c r="K184" s="472"/>
+      <c r="L184" s="472"/>
+      <c r="M184" s="425"/>
+      <c r="N184" s="425"/>
+      <c r="O184" s="443"/>
+      <c r="P184" s="484"/>
+      <c r="Q184" s="425"/>
+      <c r="R184" s="425"/>
+      <c r="S184" s="440"/>
+      <c r="T184" s="429"/>
+      <c r="U184" s="425"/>
+      <c r="V184" s="433"/>
       <c r="W184" s="150"/>
       <c r="X184" s="150"/>
-      <c r="Y184" s="427"/>
+      <c r="Y184" s="431"/>
     </row>
     <row r="185" spans="1:25" ht="370.5" customHeight="1">
       <c r="A185" s="248" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="B185" s="249" t="s">
         <v>97</v>
       </c>
       <c r="C185" s="250">
         <v>25</v>
       </c>
       <c r="D185" s="251" t="s">
         <v>116</v>
       </c>
       <c r="E185" s="252" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
       <c r="F185" s="252" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="G185" s="252" t="s">
-        <v>675</v>
+        <v>667</v>
       </c>
       <c r="H185" s="253" t="s">
         <v>18</v>
       </c>
       <c r="I185" s="254">
         <f>J185+K185</f>
         <v>29.8</v>
       </c>
       <c r="J185" s="254">
         <v>14.9</v>
       </c>
       <c r="K185" s="254">
         <v>14.9</v>
       </c>
       <c r="L185" s="254">
         <v>14.9</v>
       </c>
       <c r="M185" s="253" t="s">
         <v>3</v>
       </c>
       <c r="N185" s="253" t="s">
         <v>125</v>
       </c>
       <c r="O185" s="252" t="s">
-        <v>766</v>
+        <v>756</v>
       </c>
       <c r="P185" s="252" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="Q185" s="253"/>
       <c r="R185" s="253"/>
       <c r="S185" s="255"/>
       <c r="T185" s="256" t="s">
         <v>148</v>
       </c>
       <c r="U185" s="255"/>
       <c r="V185" s="313" t="s">
-        <v>998</v>
+        <v>972</v>
       </c>
       <c r="W185" s="255"/>
       <c r="X185" s="255"/>
       <c r="Y185" s="258"/>
     </row>
     <row r="186" spans="1:25" ht="360" customHeight="1">
       <c r="A186" s="247" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="B186" s="249" t="s">
         <v>130</v>
       </c>
       <c r="C186" s="259" t="s">
         <v>131</v>
       </c>
       <c r="D186" s="251" t="s">
         <v>116</v>
       </c>
       <c r="E186" s="252" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
       <c r="F186" s="252" t="s">
-        <v>674</v>
+        <v>666</v>
       </c>
       <c r="G186" s="252" t="s">
-        <v>675</v>
+        <v>667</v>
       </c>
       <c r="H186" s="253" t="s">
         <v>18</v>
       </c>
       <c r="I186" s="254">
         <f>J186+K186</f>
         <v>29.8</v>
       </c>
       <c r="J186" s="254">
         <v>14.9</v>
       </c>
       <c r="K186" s="254">
         <v>14.9</v>
       </c>
       <c r="L186" s="254">
         <v>14.9</v>
       </c>
       <c r="M186" s="253" t="s">
         <v>3</v>
       </c>
       <c r="N186" s="253" t="s">
         <v>125</v>
       </c>
       <c r="O186" s="252" t="s">
-        <v>766</v>
+        <v>756</v>
       </c>
       <c r="P186" s="252" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="Q186" s="253"/>
       <c r="R186" s="253"/>
       <c r="S186" s="255"/>
       <c r="T186" s="256" t="s">
         <v>148</v>
       </c>
       <c r="U186" s="255"/>
       <c r="V186" s="313" t="s">
-        <v>998</v>
+        <v>972</v>
       </c>
       <c r="W186" s="255"/>
       <c r="X186" s="255"/>
       <c r="Y186" s="258"/>
     </row>
     <row r="187" spans="1:25" ht="236.25">
       <c r="A187" s="66">
         <v>8</v>
       </c>
       <c r="B187" s="67" t="s">
         <v>98</v>
       </c>
       <c r="C187" s="68">
         <v>28</v>
       </c>
       <c r="D187" s="69" t="s">
         <v>117</v>
       </c>
-      <c r="E187" s="328" t="s">
-[...6 lines deleted...]
-        <v>677</v>
+      <c r="E187" s="327" t="s">
+        <v>668</v>
+      </c>
+      <c r="F187" s="327" t="s">
+        <v>560</v>
+      </c>
+      <c r="G187" s="327" t="s">
+        <v>669</v>
       </c>
       <c r="H187" s="6" t="s">
-        <v>678</v>
+        <v>670</v>
       </c>
       <c r="I187" s="120">
         <f>J187+K187</f>
         <v>18.399999999999999</v>
       </c>
       <c r="J187" s="117">
         <v>9.6</v>
       </c>
       <c r="K187" s="117">
         <v>8.8000000000000007</v>
       </c>
       <c r="L187" s="117">
         <v>9.1999999999999993</v>
       </c>
       <c r="M187" s="55" t="s">
         <v>3</v>
       </c>
       <c r="N187" s="55" t="s">
         <v>125</v>
       </c>
       <c r="O187" s="297" t="s">
-        <v>768</v>
+        <v>758</v>
       </c>
       <c r="P187" s="299" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="Q187" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R187" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S187" s="56">
         <v>40591</v>
       </c>
       <c r="T187" s="80" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="U187" s="56">
         <v>47005</v>
       </c>
       <c r="V187" s="311" t="s">
-        <v>999</v>
+        <v>973</v>
       </c>
       <c r="W187" s="163"/>
       <c r="X187" s="163"/>
       <c r="Y187" s="22"/>
     </row>
     <row r="188" spans="1:25" ht="350.25" customHeight="1">
-      <c r="A188" s="546">
+      <c r="A188" s="473">
         <v>9</v>
       </c>
-      <c r="B188" s="488" t="s">
+      <c r="B188" s="462" t="s">
         <v>99</v>
       </c>
-      <c r="C188" s="462">
+      <c r="C188" s="464">
         <v>29</v>
       </c>
-      <c r="D188" s="486" t="s">
+      <c r="D188" s="469" t="s">
         <v>218</v>
       </c>
-      <c r="E188" s="465" t="s">
-[...2 lines deleted...]
-      <c r="F188" s="465" t="s">
+      <c r="E188" s="441" t="s">
+        <v>848</v>
+      </c>
+      <c r="F188" s="441" t="s">
         <v>18</v>
       </c>
-      <c r="G188" s="465" t="s">
-[...2 lines deleted...]
-      <c r="H188" s="413" t="s">
+      <c r="G188" s="441" t="s">
+        <v>846</v>
+      </c>
+      <c r="H188" s="424" t="s">
         <v>18</v>
       </c>
-      <c r="I188" s="445">
+      <c r="I188" s="452">
         <v>31.3</v>
       </c>
-      <c r="J188" s="445"/>
-[...1 lines deleted...]
-      <c r="L188" s="445">
+      <c r="J188" s="452"/>
+      <c r="K188" s="452"/>
+      <c r="L188" s="452">
         <v>31.3</v>
       </c>
-      <c r="M188" s="413" t="s">
+      <c r="M188" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N188" s="413" t="s">
+      <c r="N188" s="424" t="s">
         <v>125</v>
       </c>
-      <c r="O188" s="465" t="s">
-[...11 lines deleted...]
-      <c r="S188" s="475">
+      <c r="O188" s="441" t="s">
+        <v>755</v>
+      </c>
+      <c r="P188" s="493" t="s">
+        <v>423</v>
+      </c>
+      <c r="Q188" s="424" t="s">
+        <v>340</v>
+      </c>
+      <c r="R188" s="424" t="s">
+        <v>293</v>
+      </c>
+      <c r="S188" s="426">
         <v>42355</v>
       </c>
-      <c r="T188" s="479" t="s">
-[...2 lines deleted...]
-      <c r="U188" s="475">
+      <c r="T188" s="428" t="s">
+        <v>442</v>
+      </c>
+      <c r="U188" s="426">
         <v>46783</v>
       </c>
-      <c r="V188" s="473" t="s">
-[...4 lines deleted...]
-      <c r="Y188" s="479"/>
+      <c r="V188" s="556" t="s">
+        <v>821</v>
+      </c>
+      <c r="W188" s="424"/>
+      <c r="X188" s="426"/>
+      <c r="Y188" s="428"/>
     </row>
     <row r="189" spans="1:25" ht="361.5" customHeight="1">
-      <c r="A189" s="547"/>
-[...23 lines deleted...]
-      <c r="Y189" s="521"/>
+      <c r="A189" s="474"/>
+      <c r="B189" s="463"/>
+      <c r="C189" s="465"/>
+      <c r="D189" s="471"/>
+      <c r="E189" s="443"/>
+      <c r="F189" s="443"/>
+      <c r="G189" s="443"/>
+      <c r="H189" s="425"/>
+      <c r="I189" s="472"/>
+      <c r="J189" s="472"/>
+      <c r="K189" s="472"/>
+      <c r="L189" s="472"/>
+      <c r="M189" s="425"/>
+      <c r="N189" s="425"/>
+      <c r="O189" s="443"/>
+      <c r="P189" s="485"/>
+      <c r="Q189" s="425"/>
+      <c r="R189" s="425"/>
+      <c r="S189" s="427"/>
+      <c r="T189" s="429"/>
+      <c r="U189" s="425"/>
+      <c r="V189" s="557"/>
+      <c r="W189" s="425"/>
+      <c r="X189" s="427"/>
+      <c r="Y189" s="429"/>
     </row>
     <row r="190" spans="1:25" ht="348.75" customHeight="1">
-      <c r="A190" s="546">
+      <c r="A190" s="473">
         <v>10</v>
       </c>
-      <c r="B190" s="488" t="s">
+      <c r="B190" s="462" t="s">
         <v>128</v>
       </c>
-      <c r="C190" s="462" t="s">
+      <c r="C190" s="464" t="s">
         <v>14</v>
       </c>
-      <c r="D190" s="486" t="s">
+      <c r="D190" s="469" t="s">
         <v>219</v>
       </c>
-      <c r="E190" s="465" t="s">
-[...2 lines deleted...]
-      <c r="F190" s="465" t="s">
+      <c r="E190" s="441" t="s">
+        <v>849</v>
+      </c>
+      <c r="F190" s="441" t="s">
         <v>18</v>
       </c>
-      <c r="G190" s="465" t="s">
-[...2 lines deleted...]
-      <c r="H190" s="450" t="s">
+      <c r="G190" s="441" t="s">
+        <v>847</v>
+      </c>
+      <c r="H190" s="516" t="s">
         <v>18</v>
       </c>
-      <c r="I190" s="445">
+      <c r="I190" s="452">
         <v>31.6</v>
       </c>
-      <c r="J190" s="445"/>
-[...1 lines deleted...]
-      <c r="L190" s="445">
+      <c r="J190" s="452"/>
+      <c r="K190" s="452"/>
+      <c r="L190" s="452">
         <v>31.6</v>
       </c>
-      <c r="M190" s="413" t="s">
+      <c r="M190" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N190" s="413" t="s">
+      <c r="N190" s="424" t="s">
         <v>125</v>
       </c>
-      <c r="O190" s="465" t="s">
-[...11 lines deleted...]
-      <c r="S190" s="475">
+      <c r="O190" s="441" t="s">
+        <v>755</v>
+      </c>
+      <c r="P190" s="493" t="s">
+        <v>423</v>
+      </c>
+      <c r="Q190" s="424" t="s">
+        <v>340</v>
+      </c>
+      <c r="R190" s="424" t="s">
+        <v>293</v>
+      </c>
+      <c r="S190" s="426">
         <v>42355</v>
       </c>
-      <c r="T190" s="479" t="s">
-[...2 lines deleted...]
-      <c r="U190" s="475">
+      <c r="T190" s="428" t="s">
+        <v>442</v>
+      </c>
+      <c r="U190" s="426">
         <v>46783</v>
       </c>
-      <c r="V190" s="473" t="s">
-[...4 lines deleted...]
-      <c r="Y190" s="479"/>
+      <c r="V190" s="556" t="s">
+        <v>821</v>
+      </c>
+      <c r="W190" s="424"/>
+      <c r="X190" s="426"/>
+      <c r="Y190" s="428"/>
     </row>
     <row r="191" spans="1:25" ht="409.6" customHeight="1">
-      <c r="A191" s="547"/>
-[...23 lines deleted...]
-      <c r="Y191" s="521"/>
+      <c r="A191" s="474"/>
+      <c r="B191" s="463"/>
+      <c r="C191" s="465"/>
+      <c r="D191" s="471"/>
+      <c r="E191" s="443"/>
+      <c r="F191" s="443"/>
+      <c r="G191" s="443"/>
+      <c r="H191" s="517"/>
+      <c r="I191" s="472"/>
+      <c r="J191" s="472"/>
+      <c r="K191" s="472"/>
+      <c r="L191" s="472"/>
+      <c r="M191" s="425"/>
+      <c r="N191" s="425"/>
+      <c r="O191" s="443"/>
+      <c r="P191" s="485"/>
+      <c r="Q191" s="425"/>
+      <c r="R191" s="425"/>
+      <c r="S191" s="427"/>
+      <c r="T191" s="429"/>
+      <c r="U191" s="425"/>
+      <c r="V191" s="557"/>
+      <c r="W191" s="425"/>
+      <c r="X191" s="427"/>
+      <c r="Y191" s="429"/>
     </row>
-    <row r="192" spans="1:25" ht="337.5" customHeight="1">
-      <c r="A192" s="546">
+    <row r="192" spans="1:25" ht="360.75" customHeight="1">
+      <c r="A192" s="473">
         <v>11</v>
       </c>
-      <c r="B192" s="488" t="s">
+      <c r="B192" s="462" t="s">
         <v>100</v>
       </c>
-      <c r="C192" s="462">
+      <c r="C192" s="464">
         <v>30</v>
       </c>
-      <c r="D192" s="486" t="s">
-[...20 lines deleted...]
-      <c r="K192" s="445">
+      <c r="D192" s="469" t="s">
+        <v>671</v>
+      </c>
+      <c r="E192" s="441" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F192" s="441" t="s">
+        <v>1017</v>
+      </c>
+      <c r="G192" s="441" t="s">
+        <v>1018</v>
+      </c>
+      <c r="H192" s="441" t="s">
+        <v>1019</v>
+      </c>
+      <c r="I192" s="452">
+        <v>36.9</v>
+      </c>
+      <c r="J192" s="452">
+        <v>36.200000000000003</v>
+      </c>
+      <c r="K192" s="452">
         <f>I192+J192</f>
-        <v>74.3</v>
-[...1 lines deleted...]
-      <c r="L192" s="445">
+        <v>73.099999999999994</v>
+      </c>
+      <c r="L192" s="452">
         <f>K192/2</f>
-        <v>37.15</v>
-[...1 lines deleted...]
-      <c r="M192" s="413" t="s">
+        <v>36.549999999999997</v>
+      </c>
+      <c r="M192" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N192" s="413" t="s">
+      <c r="N192" s="424" t="s">
         <v>125</v>
       </c>
-      <c r="O192" s="465" t="s">
-[...11 lines deleted...]
-      <c r="S192" s="475">
+      <c r="O192" s="441" t="s">
+        <v>755</v>
+      </c>
+      <c r="P192" s="483" t="s">
+        <v>433</v>
+      </c>
+      <c r="Q192" s="424" t="s">
+        <v>340</v>
+      </c>
+      <c r="R192" s="424" t="s">
+        <v>293</v>
+      </c>
+      <c r="S192" s="426">
         <v>42355</v>
       </c>
-      <c r="T192" s="479" t="s">
+      <c r="T192" s="428" t="s">
         <v>263</v>
       </c>
-      <c r="U192" s="475">
+      <c r="U192" s="426">
         <v>46372</v>
       </c>
-      <c r="V192" s="430" t="s">
-        <v>963</v>
+      <c r="V192" s="432" t="s">
+        <v>1020</v>
       </c>
       <c r="W192" s="151"/>
       <c r="X192" s="151"/>
-      <c r="Y192" s="425"/>
+      <c r="Y192" s="430"/>
     </row>
-    <row r="193" spans="1:25" ht="387" customHeight="1">
-[...21 lines deleted...]
-      <c r="V193" s="443"/>
+    <row r="193" spans="1:25" ht="409.5" customHeight="1">
+      <c r="A193" s="474"/>
+      <c r="B193" s="463"/>
+      <c r="C193" s="465"/>
+      <c r="D193" s="471"/>
+      <c r="E193" s="443"/>
+      <c r="F193" s="443"/>
+      <c r="G193" s="443"/>
+      <c r="H193" s="443"/>
+      <c r="I193" s="472"/>
+      <c r="J193" s="472"/>
+      <c r="K193" s="472"/>
+      <c r="L193" s="472"/>
+      <c r="M193" s="425"/>
+      <c r="N193" s="425"/>
+      <c r="O193" s="443"/>
+      <c r="P193" s="484"/>
+      <c r="Q193" s="425"/>
+      <c r="R193" s="425"/>
+      <c r="S193" s="427"/>
+      <c r="T193" s="429"/>
+      <c r="U193" s="425"/>
+      <c r="V193" s="631"/>
       <c r="W193" s="150"/>
       <c r="X193" s="150"/>
-      <c r="Y193" s="427"/>
+      <c r="Y193" s="431"/>
     </row>
     <row r="194" spans="1:25" ht="267" customHeight="1">
-      <c r="A194" s="546">
+      <c r="A194" s="473">
         <v>12</v>
       </c>
-      <c r="B194" s="488" t="s">
+      <c r="B194" s="462" t="s">
         <v>101</v>
       </c>
-      <c r="C194" s="462">
+      <c r="C194" s="464">
         <v>35</v>
       </c>
-      <c r="D194" s="486" t="s">
+      <c r="D194" s="469" t="s">
         <v>19</v>
       </c>
-      <c r="E194" s="465" t="s">
-[...11 lines deleted...]
-      <c r="I194" s="445">
+      <c r="E194" s="441" t="s">
+        <v>899</v>
+      </c>
+      <c r="F194" s="441" t="s">
+        <v>900</v>
+      </c>
+      <c r="G194" s="441" t="s">
+        <v>672</v>
+      </c>
+      <c r="H194" s="441" t="s">
+        <v>673</v>
+      </c>
+      <c r="I194" s="452">
         <f>J194+K194</f>
         <v>56.4</v>
       </c>
-      <c r="J194" s="445">
+      <c r="J194" s="452">
         <v>28.4</v>
       </c>
-      <c r="K194" s="445">
+      <c r="K194" s="452">
         <v>28</v>
       </c>
-      <c r="L194" s="445">
+      <c r="L194" s="452">
         <v>28.2</v>
       </c>
-      <c r="M194" s="413" t="s">
+      <c r="M194" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N194" s="413" t="s">
+      <c r="N194" s="424" t="s">
         <v>125</v>
       </c>
-      <c r="O194" s="465" t="s">
-[...11 lines deleted...]
-      <c r="S194" s="475">
+      <c r="O194" s="441" t="s">
+        <v>758</v>
+      </c>
+      <c r="P194" s="483" t="s">
+        <v>422</v>
+      </c>
+      <c r="Q194" s="424" t="s">
+        <v>340</v>
+      </c>
+      <c r="R194" s="424" t="s">
+        <v>293</v>
+      </c>
+      <c r="S194" s="426">
         <v>41478</v>
       </c>
-      <c r="T194" s="479" t="s">
-[...2 lines deleted...]
-      <c r="U194" s="475">
+      <c r="T194" s="428" t="s">
+        <v>274</v>
+      </c>
+      <c r="U194" s="426">
         <v>47109</v>
       </c>
-      <c r="V194" s="430" t="s">
-        <v>914</v>
+      <c r="V194" s="432" t="s">
+        <v>898</v>
       </c>
       <c r="W194" s="151"/>
       <c r="X194" s="151"/>
-      <c r="Y194" s="425"/>
+      <c r="Y194" s="430"/>
     </row>
     <row r="195" spans="1:25" ht="235.5" customHeight="1">
-      <c r="A195" s="547"/>
-[...20 lines deleted...]
-      <c r="V195" s="431"/>
+      <c r="A195" s="474"/>
+      <c r="B195" s="463"/>
+      <c r="C195" s="465"/>
+      <c r="D195" s="471"/>
+      <c r="E195" s="443"/>
+      <c r="F195" s="443"/>
+      <c r="G195" s="443"/>
+      <c r="H195" s="443"/>
+      <c r="I195" s="472"/>
+      <c r="J195" s="472"/>
+      <c r="K195" s="472"/>
+      <c r="L195" s="472"/>
+      <c r="M195" s="425"/>
+      <c r="N195" s="425"/>
+      <c r="O195" s="443"/>
+      <c r="P195" s="484"/>
+      <c r="Q195" s="425"/>
+      <c r="R195" s="425"/>
+      <c r="S195" s="427"/>
+      <c r="T195" s="429"/>
+      <c r="U195" s="425"/>
+      <c r="V195" s="433"/>
       <c r="W195" s="150"/>
       <c r="X195" s="150"/>
-      <c r="Y195" s="427"/>
+      <c r="Y195" s="431"/>
     </row>
     <row r="196" spans="1:25" ht="250.5" customHeight="1">
-      <c r="A196" s="611" t="s">
-[...2 lines deleted...]
-      <c r="B196" s="488" t="s">
+      <c r="A196" s="460" t="s">
+        <v>806</v>
+      </c>
+      <c r="B196" s="462" t="s">
         <v>156</v>
       </c>
-      <c r="C196" s="462" t="s">
+      <c r="C196" s="464" t="s">
         <v>155</v>
       </c>
-      <c r="D196" s="486" t="s">
+      <c r="D196" s="469" t="s">
         <v>19</v>
       </c>
-      <c r="E196" s="465" t="s">
-[...11 lines deleted...]
-      <c r="I196" s="445">
+      <c r="E196" s="441" t="s">
+        <v>899</v>
+      </c>
+      <c r="F196" s="441" t="s">
+        <v>901</v>
+      </c>
+      <c r="G196" s="441" t="s">
+        <v>672</v>
+      </c>
+      <c r="H196" s="441" t="s">
+        <v>673</v>
+      </c>
+      <c r="I196" s="452">
         <f>J196+K196</f>
         <v>56.4</v>
       </c>
-      <c r="J196" s="445">
+      <c r="J196" s="452">
         <v>28.4</v>
       </c>
-      <c r="K196" s="445">
+      <c r="K196" s="452">
         <v>28</v>
       </c>
-      <c r="L196" s="445">
+      <c r="L196" s="452">
         <v>28.2</v>
       </c>
-      <c r="M196" s="413" t="s">
+      <c r="M196" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N196" s="413" t="s">
+      <c r="N196" s="424" t="s">
         <v>125</v>
       </c>
-      <c r="O196" s="465" t="s">
-[...11 lines deleted...]
-      <c r="S196" s="475">
+      <c r="O196" s="441" t="s">
+        <v>758</v>
+      </c>
+      <c r="P196" s="483" t="s">
+        <v>434</v>
+      </c>
+      <c r="Q196" s="424" t="s">
+        <v>340</v>
+      </c>
+      <c r="R196" s="424" t="s">
+        <v>293</v>
+      </c>
+      <c r="S196" s="426">
         <v>41471</v>
       </c>
-      <c r="T196" s="479" t="s">
-[...2 lines deleted...]
-      <c r="U196" s="475">
+      <c r="T196" s="428" t="s">
+        <v>275</v>
+      </c>
+      <c r="U196" s="426">
         <v>47109</v>
       </c>
-      <c r="V196" s="430" t="s">
-        <v>914</v>
+      <c r="V196" s="432" t="s">
+        <v>898</v>
       </c>
       <c r="W196" s="151"/>
       <c r="X196" s="151"/>
-      <c r="Y196" s="425"/>
+      <c r="Y196" s="430"/>
     </row>
     <row r="197" spans="1:25" ht="245.25" customHeight="1">
-      <c r="A197" s="612"/>
-[...20 lines deleted...]
-      <c r="V197" s="431"/>
+      <c r="A197" s="461"/>
+      <c r="B197" s="463"/>
+      <c r="C197" s="465"/>
+      <c r="D197" s="471"/>
+      <c r="E197" s="443"/>
+      <c r="F197" s="443"/>
+      <c r="G197" s="443"/>
+      <c r="H197" s="443"/>
+      <c r="I197" s="472"/>
+      <c r="J197" s="472"/>
+      <c r="K197" s="472"/>
+      <c r="L197" s="472"/>
+      <c r="M197" s="425"/>
+      <c r="N197" s="425"/>
+      <c r="O197" s="443"/>
+      <c r="P197" s="484"/>
+      <c r="Q197" s="425"/>
+      <c r="R197" s="425"/>
+      <c r="S197" s="427"/>
+      <c r="T197" s="429"/>
+      <c r="U197" s="425"/>
+      <c r="V197" s="433"/>
       <c r="W197" s="150"/>
       <c r="X197" s="150"/>
-      <c r="Y197" s="427"/>
+      <c r="Y197" s="431"/>
     </row>
     <row r="198" spans="1:25" ht="134.25" customHeight="1">
       <c r="A198" s="126">
         <v>14</v>
       </c>
       <c r="B198" s="130" t="s">
         <v>160</v>
       </c>
       <c r="C198" s="127">
         <v>38</v>
       </c>
       <c r="D198" s="131" t="s">
-        <v>682</v>
-[...5 lines deleted...]
-        <v>684</v>
+        <v>674</v>
+      </c>
+      <c r="E198" s="332" t="s">
+        <v>675</v>
+      </c>
+      <c r="F198" s="331" t="s">
+        <v>676</v>
       </c>
       <c r="G198" s="202" t="s">
-        <v>685</v>
+        <v>677</v>
       </c>
       <c r="H198" s="204" t="s">
-        <v>686</v>
+        <v>678</v>
       </c>
       <c r="I198" s="123">
         <f>J198+K198</f>
         <v>9.8000000000000007</v>
       </c>
       <c r="J198" s="123">
         <v>5</v>
       </c>
       <c r="K198" s="123">
         <v>4.8</v>
       </c>
       <c r="L198" s="123">
         <v>4.9000000000000004</v>
       </c>
       <c r="M198" s="124" t="s">
         <v>3</v>
       </c>
       <c r="N198" s="124" t="s">
         <v>125</v>
       </c>
       <c r="O198" s="206" t="s">
-        <v>768</v>
+        <v>758</v>
       </c>
       <c r="P198" s="173" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="Q198" s="142" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="R198" s="140" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="S198" s="125">
         <v>43972</v>
       </c>
       <c r="T198" s="129" t="s">
         <v>256</v>
       </c>
       <c r="U198" s="125">
         <v>46893</v>
       </c>
       <c r="V198" s="312" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="W198" s="151"/>
       <c r="X198" s="151"/>
       <c r="Y198" s="126"/>
     </row>
     <row r="199" spans="1:25" ht="327" customHeight="1">
-      <c r="A199" s="611" t="s">
-[...2 lines deleted...]
-      <c r="B199" s="488" t="s">
+      <c r="A199" s="460" t="s">
+        <v>794</v>
+      </c>
+      <c r="B199" s="462" t="s">
         <v>102</v>
       </c>
-      <c r="C199" s="462">
+      <c r="C199" s="464">
         <v>42</v>
       </c>
-      <c r="D199" s="486" t="s">
-[...14 lines deleted...]
-      <c r="I199" s="445">
+      <c r="D199" s="469" t="s">
+        <v>863</v>
+      </c>
+      <c r="E199" s="441" t="s">
+        <v>864</v>
+      </c>
+      <c r="F199" s="441" t="s">
+        <v>865</v>
+      </c>
+      <c r="G199" s="441" t="s">
+        <v>867</v>
+      </c>
+      <c r="H199" s="441" t="s">
+        <v>866</v>
+      </c>
+      <c r="I199" s="452">
         <f>J199+K199</f>
         <v>52</v>
       </c>
-      <c r="J199" s="445">
+      <c r="J199" s="452">
         <v>25.3</v>
       </c>
-      <c r="K199" s="445">
+      <c r="K199" s="452">
         <v>26.7</v>
       </c>
-      <c r="L199" s="445">
+      <c r="L199" s="452">
         <f>I199/2</f>
         <v>26</v>
       </c>
-      <c r="M199" s="413" t="s">
+      <c r="M199" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N199" s="413" t="s">
+      <c r="N199" s="424" t="s">
         <v>125</v>
       </c>
-      <c r="O199" s="465" t="s">
-[...11 lines deleted...]
-      <c r="S199" s="475">
+      <c r="O199" s="441" t="s">
+        <v>755</v>
+      </c>
+      <c r="P199" s="483" t="s">
+        <v>436</v>
+      </c>
+      <c r="Q199" s="424" t="s">
+        <v>340</v>
+      </c>
+      <c r="R199" s="424" t="s">
+        <v>293</v>
+      </c>
+      <c r="S199" s="426">
         <v>40567</v>
       </c>
-      <c r="T199" s="479" t="s">
-[...2 lines deleted...]
-      <c r="U199" s="475">
+      <c r="T199" s="428" t="s">
+        <v>303</v>
+      </c>
+      <c r="U199" s="426">
         <v>47005</v>
       </c>
-      <c r="V199" s="430" t="s">
-        <v>884</v>
+      <c r="V199" s="432" t="s">
+        <v>868</v>
       </c>
       <c r="W199" s="151"/>
       <c r="X199" s="151"/>
-      <c r="Y199" s="425"/>
+      <c r="Y199" s="430"/>
     </row>
     <row r="200" spans="1:25" ht="218.25" customHeight="1">
-      <c r="A200" s="612"/>
-[...20 lines deleted...]
-      <c r="V200" s="431"/>
+      <c r="A200" s="461"/>
+      <c r="B200" s="463"/>
+      <c r="C200" s="465"/>
+      <c r="D200" s="471"/>
+      <c r="E200" s="443"/>
+      <c r="F200" s="443"/>
+      <c r="G200" s="443"/>
+      <c r="H200" s="443"/>
+      <c r="I200" s="472"/>
+      <c r="J200" s="472"/>
+      <c r="K200" s="472"/>
+      <c r="L200" s="472"/>
+      <c r="M200" s="425"/>
+      <c r="N200" s="425"/>
+      <c r="O200" s="443"/>
+      <c r="P200" s="484"/>
+      <c r="Q200" s="425"/>
+      <c r="R200" s="425"/>
+      <c r="S200" s="427"/>
+      <c r="T200" s="429"/>
+      <c r="U200" s="425"/>
+      <c r="V200" s="433"/>
       <c r="W200" s="150"/>
       <c r="X200" s="150"/>
-      <c r="Y200" s="427"/>
+      <c r="Y200" s="431"/>
     </row>
     <row r="201" spans="1:25" ht="356.25" customHeight="1">
       <c r="A201" s="71">
         <v>16</v>
       </c>
       <c r="B201" s="67" t="s">
         <v>103</v>
       </c>
       <c r="C201" s="68">
         <v>43</v>
       </c>
       <c r="D201" s="187" t="s">
-        <v>509</v>
-[...8 lines deleted...]
-        <v>864</v>
+        <v>505</v>
+      </c>
+      <c r="E201" s="331" t="s">
+        <v>679</v>
+      </c>
+      <c r="F201" s="331" t="s">
+        <v>680</v>
+      </c>
+      <c r="G201" s="331" t="s">
+        <v>850</v>
       </c>
       <c r="H201" s="7" t="s">
         <v>18</v>
       </c>
       <c r="I201" s="117">
         <f>J201+K201</f>
         <v>40.4</v>
       </c>
       <c r="J201" s="117">
         <v>20.2</v>
       </c>
       <c r="K201" s="117">
         <v>20.2</v>
       </c>
       <c r="L201" s="117">
         <v>20.2</v>
       </c>
       <c r="M201" s="107" t="s">
         <v>3</v>
       </c>
       <c r="N201" s="65" t="s">
         <v>125</v>
       </c>
-      <c r="O201" s="206" t="s">
-        <v>768</v>
+      <c r="O201" s="412" t="s">
+        <v>984</v>
       </c>
       <c r="P201" s="173" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="Q201" s="136" t="s">
-        <v>343</v>
-[...12 lines deleted...]
-      </c>
+        <v>340</v>
+      </c>
+      <c r="R201" s="411" t="s">
+        <v>293</v>
+      </c>
+      <c r="S201" s="62"/>
+      <c r="T201" s="134" t="s">
+        <v>148</v>
+      </c>
+      <c r="U201" s="62"/>
       <c r="V201" s="312" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="W201" s="151"/>
       <c r="X201" s="151"/>
       <c r="Y201" s="22"/>
     </row>
     <row r="202" spans="1:25" ht="362.25" customHeight="1">
-      <c r="A202" s="549">
+      <c r="A202" s="514">
         <v>17</v>
       </c>
-      <c r="B202" s="488" t="s">
+      <c r="B202" s="462" t="s">
         <v>104</v>
       </c>
-      <c r="C202" s="462">
+      <c r="C202" s="464">
         <v>44</v>
       </c>
-      <c r="D202" s="486" t="s">
+      <c r="D202" s="469" t="s">
         <v>191</v>
       </c>
-      <c r="E202" s="465" t="s">
-[...2 lines deleted...]
-      <c r="F202" s="413" t="s">
+      <c r="E202" s="441" t="s">
+        <v>797</v>
+      </c>
+      <c r="F202" s="424" t="s">
         <v>18</v>
       </c>
-      <c r="G202" s="465" t="s">
-[...2 lines deleted...]
-      <c r="H202" s="413" t="s">
+      <c r="G202" s="441" t="s">
+        <v>681</v>
+      </c>
+      <c r="H202" s="424" t="s">
         <v>18</v>
       </c>
-      <c r="I202" s="445">
+      <c r="I202" s="452">
         <v>29</v>
       </c>
-      <c r="J202" s="445" t="s">
+      <c r="J202" s="452" t="s">
         <v>18</v>
       </c>
-      <c r="K202" s="445" t="s">
+      <c r="K202" s="452" t="s">
         <v>18</v>
       </c>
-      <c r="L202" s="445">
+      <c r="L202" s="452">
         <v>29</v>
       </c>
-      <c r="M202" s="413" t="s">
+      <c r="M202" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N202" s="413" t="s">
+      <c r="N202" s="424" t="s">
         <v>125</v>
       </c>
-      <c r="O202" s="465" t="s">
-[...11 lines deleted...]
-      <c r="S202" s="475">
+      <c r="O202" s="441" t="s">
+        <v>755</v>
+      </c>
+      <c r="P202" s="483" t="s">
+        <v>422</v>
+      </c>
+      <c r="Q202" s="424" t="s">
+        <v>340</v>
+      </c>
+      <c r="R202" s="424" t="s">
+        <v>293</v>
+      </c>
+      <c r="S202" s="426">
         <v>42355</v>
       </c>
-      <c r="T202" s="479" t="s">
-[...2 lines deleted...]
-      <c r="U202" s="475">
+      <c r="T202" s="428" t="s">
+        <v>443</v>
+      </c>
+      <c r="U202" s="426">
         <v>46418</v>
       </c>
-      <c r="V202" s="430" t="s">
-        <v>1000</v>
+      <c r="V202" s="432" t="s">
+        <v>974</v>
       </c>
       <c r="W202" s="151"/>
       <c r="X202" s="151"/>
-      <c r="Y202" s="425"/>
+      <c r="Y202" s="430"/>
     </row>
     <row r="203" spans="1:25" ht="360" customHeight="1">
-      <c r="A203" s="547"/>
-[...20 lines deleted...]
-      <c r="V203" s="431"/>
+      <c r="A203" s="474"/>
+      <c r="B203" s="463"/>
+      <c r="C203" s="465"/>
+      <c r="D203" s="471"/>
+      <c r="E203" s="443"/>
+      <c r="F203" s="425"/>
+      <c r="G203" s="443"/>
+      <c r="H203" s="425"/>
+      <c r="I203" s="472"/>
+      <c r="J203" s="472"/>
+      <c r="K203" s="472"/>
+      <c r="L203" s="472"/>
+      <c r="M203" s="425"/>
+      <c r="N203" s="425"/>
+      <c r="O203" s="443"/>
+      <c r="P203" s="484"/>
+      <c r="Q203" s="425"/>
+      <c r="R203" s="425"/>
+      <c r="S203" s="427"/>
+      <c r="T203" s="429"/>
+      <c r="U203" s="425"/>
+      <c r="V203" s="433"/>
       <c r="W203" s="150"/>
       <c r="X203" s="150"/>
-      <c r="Y203" s="427"/>
+      <c r="Y203" s="431"/>
     </row>
     <row r="204" spans="1:25" ht="361.5" customHeight="1">
-      <c r="A204" s="546">
+      <c r="A204" s="473">
         <v>18</v>
       </c>
-      <c r="B204" s="488" t="s">
+      <c r="B204" s="462" t="s">
         <v>129</v>
       </c>
-      <c r="C204" s="462" t="s">
+      <c r="C204" s="464" t="s">
         <v>15</v>
       </c>
-      <c r="D204" s="486" t="s">
+      <c r="D204" s="469" t="s">
         <v>169</v>
       </c>
-      <c r="E204" s="465" t="s">
-[...2 lines deleted...]
-      <c r="F204" s="465" t="s">
+      <c r="E204" s="441" t="s">
+        <v>682</v>
+      </c>
+      <c r="F204" s="441" t="s">
         <v>18</v>
       </c>
-      <c r="G204" s="465" t="s">
-[...2 lines deleted...]
-      <c r="H204" s="413" t="s">
+      <c r="G204" s="441" t="s">
+        <v>683</v>
+      </c>
+      <c r="H204" s="424" t="s">
         <v>18</v>
       </c>
-      <c r="I204" s="445">
+      <c r="I204" s="452">
         <v>29.2</v>
       </c>
-      <c r="J204" s="445" t="s">
+      <c r="J204" s="452" t="s">
         <v>18</v>
       </c>
-      <c r="K204" s="445" t="s">
+      <c r="K204" s="452" t="s">
         <v>18</v>
       </c>
-      <c r="L204" s="445">
+      <c r="L204" s="452">
         <v>29.2</v>
       </c>
-      <c r="M204" s="413" t="s">
+      <c r="M204" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N204" s="413" t="s">
+      <c r="N204" s="424" t="s">
         <v>125</v>
       </c>
-      <c r="O204" s="465" t="s">
-[...11 lines deleted...]
-      <c r="S204" s="475">
+      <c r="O204" s="441" t="s">
+        <v>758</v>
+      </c>
+      <c r="P204" s="483" t="s">
+        <v>437</v>
+      </c>
+      <c r="Q204" s="424" t="s">
+        <v>340</v>
+      </c>
+      <c r="R204" s="424" t="s">
+        <v>293</v>
+      </c>
+      <c r="S204" s="426">
         <v>42355</v>
       </c>
-      <c r="T204" s="479" t="s">
-[...2 lines deleted...]
-      <c r="U204" s="475">
+      <c r="T204" s="428" t="s">
+        <v>443</v>
+      </c>
+      <c r="U204" s="426">
         <v>46418</v>
       </c>
-      <c r="V204" s="430" t="s">
-        <v>832</v>
+      <c r="V204" s="432" t="s">
+        <v>819</v>
       </c>
       <c r="W204" s="151"/>
       <c r="X204" s="151"/>
-      <c r="Y204" s="425"/>
+      <c r="Y204" s="430"/>
     </row>
     <row r="205" spans="1:25" ht="383.25" customHeight="1">
-      <c r="A205" s="547"/>
-[...20 lines deleted...]
-      <c r="V205" s="431"/>
+      <c r="A205" s="474"/>
+      <c r="B205" s="463"/>
+      <c r="C205" s="465"/>
+      <c r="D205" s="471"/>
+      <c r="E205" s="443"/>
+      <c r="F205" s="443"/>
+      <c r="G205" s="443"/>
+      <c r="H205" s="425"/>
+      <c r="I205" s="472"/>
+      <c r="J205" s="472"/>
+      <c r="K205" s="472"/>
+      <c r="L205" s="472"/>
+      <c r="M205" s="425"/>
+      <c r="N205" s="425"/>
+      <c r="O205" s="443"/>
+      <c r="P205" s="484"/>
+      <c r="Q205" s="425"/>
+      <c r="R205" s="425"/>
+      <c r="S205" s="427"/>
+      <c r="T205" s="429"/>
+      <c r="U205" s="425"/>
+      <c r="V205" s="433"/>
       <c r="W205" s="150"/>
       <c r="X205" s="150"/>
-      <c r="Y205" s="427"/>
+      <c r="Y205" s="431"/>
     </row>
     <row r="206" spans="1:25" ht="407.25" customHeight="1">
-      <c r="A206" s="546">
+      <c r="A206" s="473">
         <v>19</v>
       </c>
-      <c r="B206" s="488" t="s">
+      <c r="B206" s="462" t="s">
         <v>105</v>
       </c>
-      <c r="C206" s="462">
+      <c r="C206" s="464">
         <v>45</v>
       </c>
-      <c r="D206" s="486" t="s">
-[...11 lines deleted...]
-      <c r="H206" s="413" t="s">
+      <c r="D206" s="469" t="s">
+        <v>684</v>
+      </c>
+      <c r="E206" s="441" t="s">
+        <v>881</v>
+      </c>
+      <c r="F206" s="441" t="s">
+        <v>882</v>
+      </c>
+      <c r="G206" s="441" t="s">
+        <v>883</v>
+      </c>
+      <c r="H206" s="424" t="s">
         <v>18</v>
       </c>
-      <c r="I206" s="445">
+      <c r="I206" s="452">
         <f>J206+K206</f>
         <v>54.099999999999994</v>
       </c>
-      <c r="J206" s="445">
+      <c r="J206" s="452">
         <v>27.2</v>
       </c>
-      <c r="K206" s="445">
+      <c r="K206" s="452">
         <v>26.9</v>
       </c>
-      <c r="L206" s="445">
+      <c r="L206" s="452">
         <f>I206/2</f>
         <v>27.049999999999997</v>
       </c>
-      <c r="M206" s="413" t="s">
+      <c r="M206" s="424" t="s">
         <v>3</v>
       </c>
-      <c r="N206" s="413" t="s">
+      <c r="N206" s="424" t="s">
         <v>125</v>
       </c>
-      <c r="O206" s="465" t="s">
-[...11 lines deleted...]
-      <c r="S206" s="475">
+      <c r="O206" s="441" t="s">
+        <v>755</v>
+      </c>
+      <c r="P206" s="483" t="s">
+        <v>425</v>
+      </c>
+      <c r="Q206" s="424" t="s">
+        <v>340</v>
+      </c>
+      <c r="R206" s="424" t="s">
+        <v>293</v>
+      </c>
+      <c r="S206" s="426">
         <v>42355</v>
       </c>
-      <c r="T206" s="479" t="s">
-[...2 lines deleted...]
-      <c r="U206" s="475">
+      <c r="T206" s="428" t="s">
+        <v>443</v>
+      </c>
+      <c r="U206" s="426">
         <v>46418</v>
       </c>
-      <c r="V206" s="430" t="s">
-        <v>896</v>
+      <c r="V206" s="432" t="s">
+        <v>880</v>
       </c>
       <c r="W206" s="151"/>
       <c r="X206" s="151"/>
-      <c r="Y206" s="425"/>
+      <c r="Y206" s="430"/>
     </row>
     <row r="207" spans="1:25" ht="228" customHeight="1">
-      <c r="A207" s="547"/>
-[...20 lines deleted...]
-      <c r="V207" s="431"/>
+      <c r="A207" s="474"/>
+      <c r="B207" s="463"/>
+      <c r="C207" s="465"/>
+      <c r="D207" s="471"/>
+      <c r="E207" s="443"/>
+      <c r="F207" s="443"/>
+      <c r="G207" s="443"/>
+      <c r="H207" s="425"/>
+      <c r="I207" s="472"/>
+      <c r="J207" s="472"/>
+      <c r="K207" s="472"/>
+      <c r="L207" s="472"/>
+      <c r="M207" s="425"/>
+      <c r="N207" s="425"/>
+      <c r="O207" s="443"/>
+      <c r="P207" s="484"/>
+      <c r="Q207" s="425"/>
+      <c r="R207" s="425"/>
+      <c r="S207" s="427"/>
+      <c r="T207" s="429"/>
+      <c r="U207" s="425"/>
+      <c r="V207" s="433"/>
       <c r="W207" s="150"/>
       <c r="X207" s="150"/>
-      <c r="Y207" s="427"/>
+      <c r="Y207" s="431"/>
     </row>
     <row r="208" spans="1:25" ht="387" customHeight="1">
       <c r="A208" s="71">
         <v>20</v>
       </c>
       <c r="B208" s="67" t="s">
         <v>106</v>
       </c>
       <c r="C208" s="68">
         <v>48</v>
       </c>
       <c r="D208" s="203" t="s">
-        <v>693</v>
+        <v>685</v>
       </c>
       <c r="E208" s="202" t="s">
-        <v>694</v>
+        <v>686</v>
       </c>
       <c r="F208" s="202" t="s">
-        <v>695</v>
+        <v>687</v>
       </c>
       <c r="G208" s="202" t="s">
-        <v>696</v>
+        <v>688</v>
       </c>
       <c r="H208" s="202" t="s">
-        <v>697</v>
+        <v>689</v>
       </c>
       <c r="I208" s="117">
         <f>J208+K208</f>
         <v>31.6</v>
       </c>
       <c r="J208" s="117">
         <v>15</v>
       </c>
       <c r="K208" s="117">
         <v>16.600000000000001</v>
       </c>
       <c r="L208" s="117">
         <v>15.8</v>
       </c>
       <c r="M208" s="65" t="s">
         <v>3</v>
       </c>
       <c r="N208" s="65" t="s">
         <v>125</v>
       </c>
       <c r="O208" s="206" t="s">
-        <v>768</v>
+        <v>758</v>
       </c>
       <c r="P208" s="173" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="Q208" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R208" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S208" s="62">
         <v>40682</v>
       </c>
       <c r="T208" s="61" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="U208" s="62">
         <v>47052</v>
       </c>
       <c r="V208" s="312" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="W208" s="151"/>
       <c r="X208" s="151"/>
       <c r="Y208" s="57"/>
     </row>
     <row r="209" spans="1:25" ht="307.5" customHeight="1">
-      <c r="A209" s="574" t="s">
-[...2 lines deleted...]
-      <c r="B209" s="576" t="s">
+      <c r="A209" s="547" t="s">
+        <v>339</v>
+      </c>
+      <c r="B209" s="549" t="s">
         <v>107</v>
       </c>
-      <c r="C209" s="578">
+      <c r="C209" s="530">
         <v>51</v>
       </c>
-      <c r="D209" s="580" t="s">
-[...14 lines deleted...]
-      <c r="I209" s="467">
+      <c r="D209" s="532" t="s">
+        <v>690</v>
+      </c>
+      <c r="E209" s="506" t="s">
+        <v>691</v>
+      </c>
+      <c r="F209" s="506" t="s">
+        <v>692</v>
+      </c>
+      <c r="G209" s="506" t="s">
+        <v>693</v>
+      </c>
+      <c r="H209" s="506" t="s">
+        <v>694</v>
+      </c>
+      <c r="I209" s="508">
         <f>J209+K209</f>
         <v>59.1</v>
       </c>
-      <c r="J209" s="467">
+      <c r="J209" s="508">
         <v>29.6</v>
       </c>
-      <c r="K209" s="467">
+      <c r="K209" s="508">
         <v>29.5</v>
       </c>
-      <c r="L209" s="467">
+      <c r="L209" s="508">
         <v>29.55</v>
       </c>
-      <c r="M209" s="469" t="s">
+      <c r="M209" s="434" t="s">
         <v>3</v>
       </c>
-      <c r="N209" s="469" t="s">
+      <c r="N209" s="434" t="s">
         <v>125</v>
       </c>
-      <c r="O209" s="582" t="s">
-[...8 lines deleted...]
-      <c r="T209" s="586" t="s">
+      <c r="O209" s="506" t="s">
+        <v>756</v>
+      </c>
+      <c r="P209" s="506" t="s">
+        <v>438</v>
+      </c>
+      <c r="Q209" s="434"/>
+      <c r="R209" s="434"/>
+      <c r="S209" s="534"/>
+      <c r="T209" s="536" t="s">
         <v>148</v>
       </c>
-      <c r="U209" s="469"/>
-[...1 lines deleted...]
-        <v>804</v>
+      <c r="U209" s="434"/>
+      <c r="V209" s="626" t="s">
+        <v>793</v>
       </c>
       <c r="W209" s="223"/>
       <c r="X209" s="223"/>
-      <c r="Y209" s="441"/>
+      <c r="Y209" s="551"/>
     </row>
     <row r="210" spans="1:25" ht="339" customHeight="1">
-      <c r="A210" s="575"/>
-[...20 lines deleted...]
-      <c r="V210" s="437"/>
+      <c r="A210" s="548"/>
+      <c r="B210" s="550"/>
+      <c r="C210" s="531"/>
+      <c r="D210" s="533"/>
+      <c r="E210" s="507"/>
+      <c r="F210" s="507"/>
+      <c r="G210" s="507"/>
+      <c r="H210" s="507"/>
+      <c r="I210" s="509"/>
+      <c r="J210" s="509"/>
+      <c r="K210" s="509"/>
+      <c r="L210" s="509"/>
+      <c r="M210" s="435"/>
+      <c r="N210" s="435"/>
+      <c r="O210" s="507"/>
+      <c r="P210" s="507"/>
+      <c r="Q210" s="435"/>
+      <c r="R210" s="435"/>
+      <c r="S210" s="535"/>
+      <c r="T210" s="537"/>
+      <c r="U210" s="435"/>
+      <c r="V210" s="627"/>
       <c r="W210" s="228"/>
       <c r="X210" s="228"/>
-      <c r="Y210" s="442"/>
+      <c r="Y210" s="552"/>
     </row>
     <row r="211" spans="1:25" ht="309" customHeight="1">
-      <c r="A211" s="574" t="s">
-[...2 lines deleted...]
-      <c r="B211" s="576" t="s">
+      <c r="A211" s="547" t="s">
+        <v>339</v>
+      </c>
+      <c r="B211" s="549" t="s">
         <v>132</v>
       </c>
-      <c r="C211" s="578" t="s">
+      <c r="C211" s="530" t="s">
         <v>133</v>
       </c>
-      <c r="D211" s="580" t="s">
-[...14 lines deleted...]
-      <c r="I211" s="467">
+      <c r="D211" s="532" t="s">
+        <v>690</v>
+      </c>
+      <c r="E211" s="506" t="s">
+        <v>691</v>
+      </c>
+      <c r="F211" s="506" t="s">
+        <v>692</v>
+      </c>
+      <c r="G211" s="506" t="s">
+        <v>693</v>
+      </c>
+      <c r="H211" s="506" t="s">
+        <v>694</v>
+      </c>
+      <c r="I211" s="508">
         <f>J211+K211</f>
         <v>59.1</v>
       </c>
-      <c r="J211" s="467">
+      <c r="J211" s="508">
         <v>29.6</v>
       </c>
-      <c r="K211" s="467">
+      <c r="K211" s="508">
         <v>29.5</v>
       </c>
-      <c r="L211" s="467">
+      <c r="L211" s="508">
         <v>29.55</v>
       </c>
-      <c r="M211" s="469" t="s">
+      <c r="M211" s="434" t="s">
         <v>3</v>
       </c>
-      <c r="N211" s="469" t="s">
+      <c r="N211" s="434" t="s">
         <v>125</v>
       </c>
-      <c r="O211" s="582" t="s">
-[...8 lines deleted...]
-      <c r="T211" s="586" t="s">
+      <c r="O211" s="506" t="s">
+        <v>756</v>
+      </c>
+      <c r="P211" s="506" t="s">
+        <v>430</v>
+      </c>
+      <c r="Q211" s="434"/>
+      <c r="R211" s="434"/>
+      <c r="S211" s="534"/>
+      <c r="T211" s="536" t="s">
         <v>148</v>
       </c>
-      <c r="U211" s="584"/>
-[...1 lines deleted...]
-        <v>804</v>
+      <c r="U211" s="538"/>
+      <c r="V211" s="628" t="s">
+        <v>793</v>
       </c>
       <c r="W211" s="224"/>
       <c r="X211" s="224"/>
-      <c r="Y211" s="441"/>
+      <c r="Y211" s="551"/>
     </row>
     <row r="212" spans="1:25" ht="331.5" customHeight="1">
-      <c r="A212" s="575"/>
-[...20 lines deleted...]
-      <c r="V212" s="439"/>
+      <c r="A212" s="548"/>
+      <c r="B212" s="550"/>
+      <c r="C212" s="531"/>
+      <c r="D212" s="533"/>
+      <c r="E212" s="507"/>
+      <c r="F212" s="507"/>
+      <c r="G212" s="507"/>
+      <c r="H212" s="507"/>
+      <c r="I212" s="509"/>
+      <c r="J212" s="509"/>
+      <c r="K212" s="509"/>
+      <c r="L212" s="509"/>
+      <c r="M212" s="435"/>
+      <c r="N212" s="435"/>
+      <c r="O212" s="507"/>
+      <c r="P212" s="507"/>
+      <c r="Q212" s="435"/>
+      <c r="R212" s="435"/>
+      <c r="S212" s="535"/>
+      <c r="T212" s="537"/>
+      <c r="U212" s="435"/>
+      <c r="V212" s="629"/>
       <c r="W212" s="228"/>
       <c r="X212" s="228"/>
-      <c r="Y212" s="442"/>
+      <c r="Y212" s="552"/>
     </row>
     <row r="213" spans="1:25" ht="341.25" customHeight="1">
       <c r="A213" s="66">
         <v>21</v>
       </c>
       <c r="B213" s="67" t="s">
         <v>108</v>
       </c>
       <c r="C213" s="68">
         <v>52</v>
       </c>
       <c r="D213" s="200" t="s">
-        <v>669</v>
-[...5 lines deleted...]
-        <v>958</v>
+        <v>661</v>
+      </c>
+      <c r="E213" s="376" t="s">
+        <v>935</v>
+      </c>
+      <c r="F213" s="376" t="s">
+        <v>936</v>
       </c>
       <c r="G213" s="206" t="s">
-        <v>703</v>
+        <v>695</v>
       </c>
       <c r="H213" s="107" t="s">
         <v>18</v>
       </c>
       <c r="I213" s="117">
         <f>J213+K213</f>
         <v>36.200000000000003</v>
       </c>
       <c r="J213" s="117">
         <v>18.100000000000001</v>
       </c>
       <c r="K213" s="117">
         <v>18.100000000000001</v>
       </c>
       <c r="L213" s="117">
         <v>18.100000000000001</v>
       </c>
       <c r="M213" s="65" t="s">
         <v>3</v>
       </c>
       <c r="N213" s="65" t="s">
         <v>125</v>
       </c>
       <c r="O213" s="206" t="s">
-        <v>765</v>
+        <v>755</v>
       </c>
       <c r="P213" s="173" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="Q213" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R213" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S213" s="62">
         <v>41750</v>
       </c>
       <c r="T213" s="61" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="U213" s="56">
         <v>46893</v>
       </c>
       <c r="V213" s="311" t="s">
-        <v>959</v>
+        <v>937</v>
       </c>
       <c r="W213" s="163"/>
       <c r="X213" s="163"/>
       <c r="Y213" s="22"/>
     </row>
     <row r="214" spans="1:25" ht="382.5" customHeight="1">
-      <c r="A214" s="361" t="s">
-        <v>342</v>
+      <c r="A214" s="357" t="s">
+        <v>339</v>
       </c>
       <c r="B214" s="249" t="s">
         <v>109</v>
       </c>
       <c r="C214" s="250">
         <v>53</v>
       </c>
-      <c r="D214" s="352" t="s">
-        <v>704</v>
+      <c r="D214" s="349" t="s">
+        <v>696</v>
       </c>
       <c r="E214" s="252" t="s">
-        <v>707</v>
+        <v>699</v>
       </c>
       <c r="F214" s="252" t="s">
-        <v>708</v>
+        <v>700</v>
       </c>
       <c r="G214" s="252" t="s">
-        <v>709</v>
+        <v>701</v>
       </c>
       <c r="H214" s="252" t="s">
-        <v>710</v>
-[...1 lines deleted...]
-      <c r="I214" s="360">
+        <v>702</v>
+      </c>
+      <c r="I214" s="356">
         <f>J214+K214</f>
         <v>46.599999999999994</v>
       </c>
       <c r="J214" s="254">
         <v>22.9</v>
       </c>
       <c r="K214" s="254">
         <v>23.7</v>
       </c>
       <c r="L214" s="254">
         <v>23.3</v>
       </c>
       <c r="M214" s="253" t="s">
         <v>3</v>
       </c>
       <c r="N214" s="253" t="s">
         <v>125</v>
       </c>
       <c r="O214" s="252" t="s">
-        <v>769</v>
+        <v>759</v>
       </c>
       <c r="P214" s="252" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="Q214" s="253"/>
       <c r="R214" s="253"/>
       <c r="S214" s="255"/>
       <c r="T214" s="256" t="s">
         <v>148</v>
       </c>
       <c r="U214" s="255"/>
       <c r="V214" s="313" t="s">
-        <v>924</v>
+        <v>908</v>
       </c>
       <c r="W214" s="255"/>
       <c r="X214" s="255"/>
       <c r="Y214" s="258"/>
     </row>
     <row r="215" spans="1:25" ht="386.25" customHeight="1">
-      <c r="A215" s="351" t="s">
-        <v>342</v>
+      <c r="A215" s="348" t="s">
+        <v>339</v>
       </c>
       <c r="B215" s="249" t="s">
         <v>135</v>
       </c>
       <c r="C215" s="250" t="s">
         <v>134</v>
       </c>
-      <c r="D215" s="352" t="s">
-        <v>704</v>
+      <c r="D215" s="349" t="s">
+        <v>696</v>
       </c>
       <c r="E215" s="252" t="s">
-        <v>707</v>
+        <v>699</v>
       </c>
       <c r="F215" s="252" t="s">
-        <v>708</v>
+        <v>700</v>
       </c>
       <c r="G215" s="252" t="s">
-        <v>709</v>
+        <v>701</v>
       </c>
       <c r="H215" s="252" t="s">
-        <v>710</v>
-[...1 lines deleted...]
-      <c r="I215" s="349">
+        <v>702</v>
+      </c>
+      <c r="I215" s="346">
         <f>J215+K215</f>
         <v>46.599999999999994</v>
       </c>
       <c r="J215" s="254">
         <v>22.9</v>
       </c>
       <c r="K215" s="254">
         <v>23.7</v>
       </c>
       <c r="L215" s="254">
         <v>23.3</v>
       </c>
       <c r="M215" s="253" t="s">
         <v>3</v>
       </c>
       <c r="N215" s="253" t="s">
         <v>125</v>
       </c>
       <c r="O215" s="252" t="s">
-        <v>769</v>
+        <v>759</v>
       </c>
       <c r="P215" s="252" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="Q215" s="136"/>
       <c r="R215" s="136"/>
       <c r="S215" s="56"/>
       <c r="T215" s="134"/>
       <c r="U215" s="56"/>
       <c r="V215" s="313" t="s">
-        <v>925</v>
+        <v>909</v>
       </c>
       <c r="W215" s="163"/>
       <c r="X215" s="163"/>
       <c r="Y215" s="22"/>
     </row>
     <row r="216" spans="1:25" s="185" customFormat="1" ht="273" customHeight="1">
-      <c r="A216" s="574" t="s">
-[...2 lines deleted...]
-      <c r="B216" s="576" t="s">
+      <c r="A216" s="547" t="s">
+        <v>339</v>
+      </c>
+      <c r="B216" s="549" t="s">
         <v>110</v>
       </c>
-      <c r="C216" s="578">
+      <c r="C216" s="530">
         <v>63</v>
       </c>
-      <c r="D216" s="580" t="s">
-[...11 lines deleted...]
-      <c r="H216" s="469" t="s">
+      <c r="D216" s="532" t="s">
+        <v>361</v>
+      </c>
+      <c r="E216" s="506" t="s">
+        <v>480</v>
+      </c>
+      <c r="F216" s="506" t="s">
+        <v>481</v>
+      </c>
+      <c r="G216" s="506" t="s">
+        <v>362</v>
+      </c>
+      <c r="H216" s="434" t="s">
         <v>18</v>
       </c>
-      <c r="I216" s="467">
+      <c r="I216" s="508">
         <f>J216+K216</f>
         <v>42.599999999999994</v>
       </c>
-      <c r="J216" s="467">
+      <c r="J216" s="508">
         <v>21.2</v>
       </c>
-      <c r="K216" s="467">
+      <c r="K216" s="508">
         <v>21.4</v>
       </c>
-      <c r="L216" s="467">
+      <c r="L216" s="508">
         <v>21.3</v>
       </c>
-      <c r="M216" s="469" t="s">
+      <c r="M216" s="434" t="s">
         <v>3</v>
       </c>
-      <c r="N216" s="469" t="s">
+      <c r="N216" s="434" t="s">
         <v>125</v>
       </c>
-      <c r="O216" s="582" t="s">
-[...11 lines deleted...]
-        <v>454</v>
+      <c r="O216" s="506" t="s">
+        <v>756</v>
+      </c>
+      <c r="P216" s="506" t="s">
+        <v>439</v>
+      </c>
+      <c r="Q216" s="434"/>
+      <c r="R216" s="434"/>
+      <c r="S216" s="538"/>
+      <c r="T216" s="536"/>
+      <c r="U216" s="538"/>
+      <c r="V216" s="628" t="s">
+        <v>450</v>
       </c>
       <c r="W216" s="224"/>
       <c r="X216" s="224"/>
-      <c r="Y216" s="441"/>
+      <c r="Y216" s="551"/>
     </row>
     <row r="217" spans="1:25" s="185" customFormat="1" ht="194.25" customHeight="1">
-      <c r="A217" s="575"/>
-[...20 lines deleted...]
-      <c r="V217" s="439"/>
+      <c r="A217" s="548"/>
+      <c r="B217" s="550"/>
+      <c r="C217" s="531"/>
+      <c r="D217" s="533"/>
+      <c r="E217" s="507"/>
+      <c r="F217" s="507"/>
+      <c r="G217" s="507"/>
+      <c r="H217" s="435"/>
+      <c r="I217" s="509"/>
+      <c r="J217" s="509"/>
+      <c r="K217" s="509"/>
+      <c r="L217" s="509"/>
+      <c r="M217" s="435"/>
+      <c r="N217" s="435"/>
+      <c r="O217" s="507"/>
+      <c r="P217" s="507"/>
+      <c r="Q217" s="435"/>
+      <c r="R217" s="435"/>
+      <c r="S217" s="540"/>
+      <c r="T217" s="537"/>
+      <c r="U217" s="435"/>
+      <c r="V217" s="629"/>
       <c r="W217" s="228"/>
       <c r="X217" s="228"/>
-      <c r="Y217" s="442"/>
+      <c r="Y217" s="552"/>
     </row>
     <row r="218" spans="1:25" ht="266.25" customHeight="1">
       <c r="A218" s="66">
         <v>22</v>
       </c>
       <c r="B218" s="42" t="s">
         <v>111</v>
       </c>
       <c r="C218" s="59">
         <v>65</v>
       </c>
       <c r="D218" s="165" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="E218" s="208" t="s">
-        <v>711</v>
+        <v>703</v>
       </c>
       <c r="F218" s="208" t="s">
-        <v>712</v>
+        <v>704</v>
       </c>
       <c r="G218" s="208" t="s">
-        <v>713</v>
+        <v>705</v>
       </c>
       <c r="H218" s="208" t="s">
-        <v>714</v>
+        <v>706</v>
       </c>
       <c r="I218" s="117">
         <f>J218+K218</f>
         <v>22.4</v>
       </c>
       <c r="J218" s="120">
         <v>11.1</v>
       </c>
       <c r="K218" s="120">
         <v>11.3</v>
       </c>
       <c r="L218" s="120">
         <v>11.2</v>
       </c>
       <c r="M218" s="55" t="s">
         <v>3</v>
       </c>
       <c r="N218" s="55" t="s">
         <v>125</v>
       </c>
       <c r="O218" s="208" t="s">
-        <v>768</v>
+        <v>758</v>
       </c>
       <c r="P218" s="41" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="Q218" s="145" t="s">
         <v>163</v>
       </c>
       <c r="R218" s="128" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="S218" s="56">
         <v>43276</v>
       </c>
       <c r="T218" s="85" t="s">
         <v>256</v>
       </c>
       <c r="U218" s="56">
         <v>46922</v>
       </c>
       <c r="V218" s="311" t="s">
-        <v>1001</v>
+        <v>975</v>
       </c>
       <c r="W218" s="163"/>
       <c r="X218" s="163"/>
       <c r="Y218" s="22"/>
     </row>
     <row r="219" spans="1:25" ht="257.25" customHeight="1">
       <c r="A219" s="72">
         <v>23</v>
       </c>
       <c r="B219" s="42" t="s">
         <v>152</v>
       </c>
       <c r="C219" s="59" t="s">
         <v>153</v>
       </c>
       <c r="D219" s="209" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="E219" s="208" t="s">
-        <v>711</v>
+        <v>703</v>
       </c>
       <c r="F219" s="208" t="s">
-        <v>712</v>
+        <v>704</v>
       </c>
       <c r="G219" s="208" t="s">
-        <v>713</v>
+        <v>705</v>
       </c>
       <c r="H219" s="208" t="s">
-        <v>714</v>
+        <v>706</v>
       </c>
       <c r="I219" s="117">
         <f>J219+K219</f>
         <v>22.4</v>
       </c>
       <c r="J219" s="120">
         <v>11.1</v>
       </c>
       <c r="K219" s="120">
         <v>11.3</v>
       </c>
       <c r="L219" s="120">
         <v>11.2</v>
       </c>
       <c r="M219" s="55" t="s">
         <v>3</v>
       </c>
       <c r="N219" s="55" t="s">
         <v>125</v>
       </c>
       <c r="O219" s="208" t="s">
-        <v>768</v>
+        <v>758</v>
       </c>
       <c r="P219" s="41" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="Q219" s="55" t="s">
         <v>162</v>
       </c>
       <c r="R219" s="141" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="S219" s="56">
         <v>42954</v>
       </c>
       <c r="T219" s="85" t="s">
         <v>256</v>
       </c>
       <c r="U219" s="56">
         <v>46922</v>
       </c>
       <c r="V219" s="311" t="s">
-        <v>1002</v>
+        <v>976</v>
       </c>
       <c r="W219" s="163"/>
       <c r="X219" s="163"/>
       <c r="Y219" s="22"/>
     </row>
     <row r="220" spans="1:25" ht="409.6" customHeight="1">
-      <c r="A220" s="603">
+      <c r="A220" s="529">
         <v>24</v>
       </c>
-      <c r="B220" s="593" t="s">
+      <c r="B220" s="553" t="s">
         <v>144</v>
       </c>
-      <c r="C220" s="594">
+      <c r="C220" s="554">
         <v>72</v>
       </c>
-      <c r="D220" s="604" t="s">
-[...5 lines deleted...]
-      <c r="F220" s="444" t="s">
+      <c r="D220" s="539" t="s">
+        <v>707</v>
+      </c>
+      <c r="E220" s="553" t="s">
+        <v>708</v>
+      </c>
+      <c r="F220" s="457" t="s">
         <v>18</v>
       </c>
-      <c r="G220" s="600" t="s">
-[...2 lines deleted...]
-      <c r="H220" s="444" t="s">
+      <c r="G220" s="515" t="s">
+        <v>709</v>
+      </c>
+      <c r="H220" s="457" t="s">
         <v>18</v>
       </c>
-      <c r="I220" s="445">
+      <c r="I220" s="452">
         <v>56.2</v>
       </c>
-      <c r="J220" s="445" t="s">
+      <c r="J220" s="452" t="s">
         <v>18</v>
       </c>
-      <c r="K220" s="445" t="s">
+      <c r="K220" s="452" t="s">
         <v>18</v>
       </c>
-      <c r="L220" s="602">
+      <c r="L220" s="546">
         <v>56.2</v>
       </c>
-      <c r="M220" s="444" t="s">
+      <c r="M220" s="457" t="s">
         <v>161</v>
       </c>
-      <c r="N220" s="444" t="s">
+      <c r="N220" s="457" t="s">
         <v>125</v>
       </c>
-      <c r="O220" s="600" t="s">
-[...11 lines deleted...]
-      <c r="S220" s="599">
+      <c r="O220" s="515" t="s">
+        <v>758</v>
+      </c>
+      <c r="P220" s="545" t="s">
+        <v>425</v>
+      </c>
+      <c r="Q220" s="457" t="s">
+        <v>340</v>
+      </c>
+      <c r="R220" s="457" t="s">
+        <v>293</v>
+      </c>
+      <c r="S220" s="544">
         <v>40022</v>
       </c>
-      <c r="T220" s="600" t="s">
-[...2 lines deleted...]
-      <c r="U220" s="599">
+      <c r="T220" s="515" t="s">
+        <v>278</v>
+      </c>
+      <c r="U220" s="544">
         <v>47026</v>
       </c>
-      <c r="V220" s="430" t="s">
-        <v>1003</v>
+      <c r="V220" s="432" t="s">
+        <v>977</v>
       </c>
       <c r="W220" s="151"/>
       <c r="X220" s="151"/>
-      <c r="Y220" s="425"/>
+      <c r="Y220" s="430"/>
     </row>
     <row r="221" spans="1:25" ht="409.6" customHeight="1">
-      <c r="A221" s="603"/>
-[...20 lines deleted...]
-      <c r="V221" s="440"/>
+      <c r="A221" s="529"/>
+      <c r="B221" s="553"/>
+      <c r="C221" s="554"/>
+      <c r="D221" s="539"/>
+      <c r="E221" s="553"/>
+      <c r="F221" s="457"/>
+      <c r="G221" s="515"/>
+      <c r="H221" s="457"/>
+      <c r="I221" s="453"/>
+      <c r="J221" s="453"/>
+      <c r="K221" s="453"/>
+      <c r="L221" s="546"/>
+      <c r="M221" s="457"/>
+      <c r="N221" s="457"/>
+      <c r="O221" s="515"/>
+      <c r="P221" s="545"/>
+      <c r="Q221" s="457"/>
+      <c r="R221" s="457"/>
+      <c r="S221" s="544"/>
+      <c r="T221" s="515"/>
+      <c r="U221" s="544"/>
+      <c r="V221" s="630"/>
       <c r="W221" s="162"/>
       <c r="X221" s="162"/>
-      <c r="Y221" s="426"/>
+      <c r="Y221" s="444"/>
     </row>
     <row r="222" spans="1:25" ht="88.5" customHeight="1">
-      <c r="A222" s="603"/>
-[...20 lines deleted...]
-      <c r="V222" s="431"/>
+      <c r="A222" s="529"/>
+      <c r="B222" s="553"/>
+      <c r="C222" s="554"/>
+      <c r="D222" s="539"/>
+      <c r="E222" s="555"/>
+      <c r="F222" s="457"/>
+      <c r="G222" s="515"/>
+      <c r="H222" s="457"/>
+      <c r="I222" s="472"/>
+      <c r="J222" s="472"/>
+      <c r="K222" s="472"/>
+      <c r="L222" s="546"/>
+      <c r="M222" s="457"/>
+      <c r="N222" s="457"/>
+      <c r="O222" s="515"/>
+      <c r="P222" s="545"/>
+      <c r="Q222" s="457"/>
+      <c r="R222" s="457"/>
+      <c r="S222" s="544"/>
+      <c r="T222" s="515"/>
+      <c r="U222" s="457"/>
+      <c r="V222" s="433"/>
       <c r="W222" s="150"/>
       <c r="X222" s="150"/>
-      <c r="Y222" s="427"/>
+      <c r="Y222" s="431"/>
     </row>
     <row r="223" spans="1:25" ht="409.5">
       <c r="A223" s="99">
         <v>25</v>
       </c>
       <c r="B223" s="42" t="s">
         <v>112</v>
       </c>
       <c r="C223" s="59">
         <v>73</v>
       </c>
       <c r="D223" s="9" t="s">
         <v>183</v>
       </c>
       <c r="E223" s="208" t="s">
-        <v>718</v>
+        <v>710</v>
       </c>
       <c r="F223" s="208" t="s">
-        <v>719</v>
+        <v>711</v>
       </c>
       <c r="G223" s="208" t="s">
-        <v>720</v>
+        <v>712</v>
       </c>
       <c r="H223" s="208" t="s">
-        <v>721</v>
+        <v>713</v>
       </c>
       <c r="I223" s="117">
         <f t="shared" ref="I223:I232" si="3">J223+K223</f>
         <v>45.1</v>
       </c>
       <c r="J223" s="120">
         <v>22.6</v>
       </c>
       <c r="K223" s="120">
         <v>22.5</v>
       </c>
       <c r="L223" s="120">
         <v>22.55</v>
       </c>
       <c r="M223" s="55" t="s">
         <v>3</v>
       </c>
       <c r="N223" s="55" t="s">
         <v>125</v>
       </c>
       <c r="O223" s="208" t="s">
-        <v>768</v>
+        <v>758</v>
       </c>
       <c r="P223" s="41" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="Q223" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R223" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S223" s="56">
         <v>40576</v>
       </c>
       <c r="T223" s="80" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="U223" s="56">
         <v>47008</v>
       </c>
       <c r="V223" s="311" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="W223" s="163"/>
       <c r="X223" s="163"/>
       <c r="Y223" s="22"/>
     </row>
     <row r="224" spans="1:25" ht="409.5" customHeight="1">
       <c r="A224" s="72">
         <v>26</v>
       </c>
       <c r="B224" s="42" t="s">
         <v>136</v>
       </c>
       <c r="C224" s="59" t="s">
         <v>138</v>
       </c>
       <c r="D224" s="9" t="s">
         <v>183</v>
       </c>
       <c r="E224" s="208" t="s">
-        <v>718</v>
+        <v>710</v>
       </c>
       <c r="F224" s="208" t="s">
-        <v>719</v>
+        <v>711</v>
       </c>
       <c r="G224" s="208" t="s">
-        <v>720</v>
+        <v>712</v>
       </c>
       <c r="H224" s="208" t="s">
-        <v>721</v>
+        <v>713</v>
       </c>
       <c r="I224" s="117">
         <f t="shared" si="3"/>
         <v>45.1</v>
       </c>
       <c r="J224" s="120">
         <v>22.6</v>
       </c>
       <c r="K224" s="120">
         <v>22.5</v>
       </c>
       <c r="L224" s="120">
         <v>22.55</v>
       </c>
       <c r="M224" s="55" t="s">
         <v>3</v>
       </c>
       <c r="N224" s="55" t="s">
         <v>125</v>
       </c>
       <c r="O224" s="208" t="s">
-        <v>768</v>
+        <v>758</v>
       </c>
       <c r="P224" s="41" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="Q224" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R224" s="55" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S224" s="56">
         <v>40618</v>
       </c>
       <c r="T224" s="102" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="U224" s="56">
         <v>47008</v>
       </c>
       <c r="V224" s="311" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="W224" s="163"/>
       <c r="X224" s="163"/>
       <c r="Y224" s="22"/>
     </row>
     <row r="225" spans="1:25" ht="409.5" customHeight="1">
       <c r="A225" s="66">
         <v>27</v>
       </c>
       <c r="B225" s="42" t="s">
         <v>137</v>
       </c>
       <c r="C225" s="59" t="s">
         <v>139</v>
       </c>
       <c r="D225" s="9" t="s">
         <v>183</v>
       </c>
       <c r="E225" s="208" t="s">
-        <v>718</v>
+        <v>710</v>
       </c>
       <c r="F225" s="208" t="s">
-        <v>719</v>
+        <v>711</v>
       </c>
       <c r="G225" s="208" t="s">
-        <v>720</v>
+        <v>712</v>
       </c>
       <c r="H225" s="208" t="s">
-        <v>721</v>
+        <v>713</v>
       </c>
       <c r="I225" s="117">
         <f t="shared" si="3"/>
         <v>45.1</v>
       </c>
       <c r="J225" s="120">
         <v>22.6</v>
       </c>
       <c r="K225" s="120">
         <v>22.5</v>
       </c>
       <c r="L225" s="120">
         <v>22.55</v>
       </c>
       <c r="M225" s="55" t="s">
         <v>3</v>
       </c>
       <c r="N225" s="55" t="s">
         <v>125</v>
       </c>
       <c r="O225" s="208" t="s">
-        <v>769</v>
+        <v>759</v>
       </c>
       <c r="P225" s="41" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="Q225" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R225" s="122" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="S225" s="56">
         <v>45133</v>
       </c>
       <c r="T225" s="80" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="U225" s="62">
         <v>47008</v>
       </c>
       <c r="V225" s="312" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="W225" s="151"/>
       <c r="X225" s="151"/>
       <c r="Y225" s="22"/>
     </row>
     <row r="226" spans="1:25" ht="409.5" customHeight="1">
       <c r="A226" s="66">
         <v>28</v>
       </c>
       <c r="B226" s="67" t="s">
         <v>140</v>
       </c>
       <c r="C226" s="68">
         <v>74</v>
       </c>
       <c r="D226" s="15" t="s">
-        <v>370</v>
-[...5 lines deleted...]
-        <v>919</v>
+        <v>366</v>
+      </c>
+      <c r="E226" s="354" t="s">
+        <v>902</v>
+      </c>
+      <c r="F226" s="354" t="s">
+        <v>903</v>
       </c>
       <c r="G226" s="206" t="s">
-        <v>722</v>
+        <v>714</v>
       </c>
       <c r="H226" s="107" t="s">
         <v>18</v>
       </c>
       <c r="I226" s="117">
         <f t="shared" si="3"/>
         <v>38</v>
       </c>
       <c r="J226" s="117">
         <v>19</v>
       </c>
       <c r="K226" s="117">
         <v>19</v>
       </c>
       <c r="L226" s="117">
         <v>19</v>
       </c>
       <c r="M226" s="65" t="s">
         <v>3</v>
       </c>
       <c r="N226" s="65" t="s">
         <v>125</v>
       </c>
       <c r="O226" s="206" t="s">
-        <v>769</v>
+        <v>759</v>
       </c>
       <c r="P226" s="173" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="Q226" s="136" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="R226" s="128" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="S226" s="56">
         <v>42762</v>
       </c>
       <c r="T226" s="34" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="U226" s="62">
         <v>46397</v>
       </c>
-      <c r="V226" s="357" t="s">
-        <v>914</v>
+      <c r="V226" s="353" t="s">
+        <v>898</v>
       </c>
       <c r="W226" s="151"/>
       <c r="X226" s="151"/>
       <c r="Y226" s="22"/>
     </row>
     <row r="227" spans="1:25" ht="279" customHeight="1">
-      <c r="A227" s="403">
+      <c r="A227" s="399">
         <v>29</v>
       </c>
-      <c r="B227" s="401" t="s">
-[...2 lines deleted...]
-      <c r="C227" s="398">
+      <c r="B227" s="397" t="s">
+        <v>979</v>
+      </c>
+      <c r="C227" s="394">
         <v>84</v>
       </c>
       <c r="D227" s="15" t="s">
-        <v>1006</v>
-[...10 lines deleted...]
-      <c r="H227" s="397" t="s">
+        <v>980</v>
+      </c>
+      <c r="E227" s="395" t="s">
+        <v>983</v>
+      </c>
+      <c r="F227" s="395" t="s">
+        <v>981</v>
+      </c>
+      <c r="G227" s="395" t="s">
+        <v>982</v>
+      </c>
+      <c r="H227" s="393" t="s">
         <v>18</v>
       </c>
-      <c r="I227" s="397">
+      <c r="I227" s="393">
         <f t="shared" si="3"/>
         <v>21.200000000000003</v>
       </c>
-      <c r="J227" s="397">
+      <c r="J227" s="393">
         <v>10.65</v>
       </c>
-      <c r="K227" s="397">
+      <c r="K227" s="393">
         <v>10.55</v>
       </c>
-      <c r="L227" s="397">
+      <c r="L227" s="393">
         <f>I227/2</f>
         <v>10.600000000000001</v>
       </c>
-      <c r="M227" s="396" t="s">
+      <c r="M227" s="392" t="s">
         <v>3</v>
       </c>
-      <c r="N227" s="396" t="s">
+      <c r="N227" s="392" t="s">
         <v>125</v>
       </c>
-      <c r="O227" s="399" t="s">
-[...7 lines deleted...]
-      <c r="S227" s="405"/>
+      <c r="O227" s="395" t="s">
+        <v>984</v>
+      </c>
+      <c r="P227" s="398" t="s">
+        <v>430</v>
+      </c>
+      <c r="Q227" s="392"/>
+      <c r="R227" s="392"/>
+      <c r="S227" s="401"/>
       <c r="T227" s="34" t="s">
         <v>148</v>
       </c>
-      <c r="U227" s="400"/>
-[...4 lines deleted...]
-      <c r="X227" s="400"/>
+      <c r="U227" s="396"/>
+      <c r="V227" s="391" t="s">
+        <v>985</v>
+      </c>
+      <c r="W227" s="396"/>
+      <c r="X227" s="396"/>
       <c r="Y227" s="22"/>
     </row>
     <row r="228" spans="1:25" ht="180.75" customHeight="1">
-      <c r="A228" s="363" t="s">
-[...2 lines deleted...]
-      <c r="B228" s="364" t="s">
+      <c r="A228" s="359" t="s">
+        <v>339</v>
+      </c>
+      <c r="B228" s="360" t="s">
         <v>113</v>
       </c>
-      <c r="C228" s="365">
+      <c r="C228" s="361">
         <v>86</v>
       </c>
-      <c r="D228" s="366" t="s">
-[...14 lines deleted...]
-      <c r="I228" s="368">
+      <c r="D228" s="362" t="s">
+        <v>503</v>
+      </c>
+      <c r="E228" s="363" t="s">
+        <v>715</v>
+      </c>
+      <c r="F228" s="363" t="s">
+        <v>716</v>
+      </c>
+      <c r="G228" s="363" t="s">
+        <v>717</v>
+      </c>
+      <c r="H228" s="363" t="s">
+        <v>718</v>
+      </c>
+      <c r="I228" s="364">
         <f t="shared" si="3"/>
         <v>18.5</v>
       </c>
-      <c r="J228" s="368">
+      <c r="J228" s="364">
         <v>9.9</v>
       </c>
-      <c r="K228" s="368">
+      <c r="K228" s="364">
         <v>8.6</v>
       </c>
-      <c r="L228" s="368">
+      <c r="L228" s="364">
         <v>9.25</v>
       </c>
-      <c r="M228" s="369" t="s">
+      <c r="M228" s="365" t="s">
         <v>3</v>
       </c>
-      <c r="N228" s="369" t="s">
+      <c r="N228" s="365" t="s">
         <v>125</v>
       </c>
-      <c r="O228" s="367" t="s">
-[...8 lines deleted...]
-      <c r="T228" s="372" t="s">
+      <c r="O228" s="363" t="s">
+        <v>758</v>
+      </c>
+      <c r="P228" s="363" t="s">
+        <v>440</v>
+      </c>
+      <c r="Q228" s="366"/>
+      <c r="R228" s="366"/>
+      <c r="S228" s="367"/>
+      <c r="T228" s="368" t="s">
         <v>148</v>
       </c>
-      <c r="U228" s="373"/>
-[...5 lines deleted...]
-      <c r="Y228" s="375"/>
+      <c r="U228" s="369"/>
+      <c r="V228" s="370" t="s">
+        <v>910</v>
+      </c>
+      <c r="W228" s="369"/>
+      <c r="X228" s="369"/>
+      <c r="Y228" s="371"/>
     </row>
     <row r="229" spans="1:25" ht="409.5" customHeight="1">
       <c r="A229" s="71">
         <v>30</v>
       </c>
       <c r="B229" s="42" t="s">
         <v>114</v>
       </c>
       <c r="C229" s="59">
         <v>87</v>
       </c>
       <c r="D229" s="165" t="s">
-        <v>363</v>
-[...5 lines deleted...]
-        <v>942</v>
+        <v>359</v>
+      </c>
+      <c r="E229" s="374" t="s">
+        <v>920</v>
+      </c>
+      <c r="F229" s="374" t="s">
+        <v>921</v>
       </c>
       <c r="G229" s="208" t="s">
-        <v>727</v>
+        <v>719</v>
       </c>
       <c r="H229" s="206" t="s">
-        <v>728</v>
+        <v>720</v>
       </c>
       <c r="I229" s="117">
         <f t="shared" si="3"/>
         <v>41.4</v>
       </c>
       <c r="J229" s="117">
         <v>20.7</v>
       </c>
       <c r="K229" s="117">
         <v>20.7</v>
       </c>
       <c r="L229" s="120">
         <v>20.7</v>
       </c>
       <c r="M229" s="55" t="s">
         <v>3</v>
       </c>
       <c r="N229" s="55" t="s">
         <v>125</v>
       </c>
-      <c r="O229" s="406" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="O229" s="402" t="s">
+        <v>758</v>
+      </c>
+      <c r="P229" s="403" t="s">
+        <v>434</v>
+      </c>
+      <c r="Q229" s="136"/>
+      <c r="R229" s="55"/>
+      <c r="S229" s="56"/>
+      <c r="T229" s="134" t="s">
+        <v>148</v>
+      </c>
+      <c r="U229" s="56"/>
       <c r="V229" s="311" t="s">
-        <v>948</v>
+        <v>926</v>
       </c>
       <c r="W229" s="163"/>
       <c r="X229" s="163"/>
       <c r="Y229" s="22"/>
     </row>
     <row r="230" spans="1:25" ht="313.5" customHeight="1">
       <c r="A230" s="71">
         <v>31</v>
       </c>
       <c r="B230" s="42" t="s">
         <v>142</v>
       </c>
       <c r="C230" s="59">
         <v>90</v>
       </c>
       <c r="D230" s="60" t="s">
         <v>170</v>
       </c>
       <c r="E230" s="208" t="s">
-        <v>729</v>
+        <v>721</v>
       </c>
       <c r="F230" s="229" t="s">
-        <v>809</v>
+        <v>798</v>
       </c>
       <c r="G230" s="208" t="s">
-        <v>730</v>
+        <v>722</v>
       </c>
       <c r="H230" s="206" t="s">
-        <v>731</v>
+        <v>723</v>
       </c>
       <c r="I230" s="117">
         <f t="shared" si="3"/>
         <v>21.5</v>
       </c>
       <c r="J230" s="117">
         <v>10.85</v>
       </c>
       <c r="K230" s="117">
         <v>10.65</v>
       </c>
       <c r="L230" s="120">
         <v>10.75</v>
       </c>
       <c r="M230" s="55" t="s">
         <v>3</v>
       </c>
       <c r="N230" s="55" t="s">
         <v>125</v>
       </c>
       <c r="O230" s="208" t="s">
-        <v>765</v>
+        <v>755</v>
       </c>
       <c r="P230" s="41" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="Q230" s="136" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="R230" s="144" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="S230" s="56">
         <v>42791</v>
       </c>
       <c r="T230" s="34" t="s">
         <v>256</v>
       </c>
       <c r="U230" s="56">
         <v>46752</v>
       </c>
       <c r="V230" s="311" t="s">
-        <v>1004</v>
+        <v>978</v>
       </c>
       <c r="W230" s="163"/>
       <c r="X230" s="163"/>
       <c r="Y230" s="22"/>
     </row>
     <row r="231" spans="1:25" ht="409.5" customHeight="1">
-      <c r="A231" s="403">
+      <c r="A231" s="399">
         <v>32</v>
       </c>
       <c r="B231" s="42" t="s">
         <v>115</v>
       </c>
-      <c r="C231" s="404">
+      <c r="C231" s="400">
         <v>91</v>
       </c>
-      <c r="D231" s="409" t="s">
-[...14 lines deleted...]
-      <c r="I231" s="397">
+      <c r="D231" s="405" t="s">
+        <v>504</v>
+      </c>
+      <c r="E231" s="402" t="s">
+        <v>904</v>
+      </c>
+      <c r="F231" s="402" t="s">
+        <v>905</v>
+      </c>
+      <c r="G231" s="402" t="s">
+        <v>724</v>
+      </c>
+      <c r="H231" s="402" t="s">
+        <v>725</v>
+      </c>
+      <c r="I231" s="393">
         <f t="shared" ref="I231" si="4">J231+K231</f>
         <v>51.8</v>
       </c>
-      <c r="J231" s="408">
+      <c r="J231" s="404">
         <v>26.45</v>
       </c>
-      <c r="K231" s="408">
+      <c r="K231" s="404">
         <v>25.35</v>
       </c>
-      <c r="L231" s="408">
+      <c r="L231" s="404">
         <v>25.9</v>
       </c>
-      <c r="M231" s="396" t="s">
+      <c r="M231" s="392" t="s">
         <v>3</v>
       </c>
-      <c r="N231" s="396" t="s">
+      <c r="N231" s="392" t="s">
         <v>125</v>
       </c>
-      <c r="O231" s="406" t="s">
-[...11 lines deleted...]
-      <c r="S231" s="405">
+      <c r="O231" s="402" t="s">
+        <v>758</v>
+      </c>
+      <c r="P231" s="403" t="s">
+        <v>439</v>
+      </c>
+      <c r="Q231" s="392" t="s">
+        <v>340</v>
+      </c>
+      <c r="R231" s="392" t="s">
+        <v>293</v>
+      </c>
+      <c r="S231" s="401">
         <v>42420</v>
       </c>
       <c r="T231" s="134" t="s">
         <v>263</v>
       </c>
-      <c r="U231" s="405">
+      <c r="U231" s="401">
         <v>46800</v>
       </c>
       <c r="V231" s="311" t="s">
-        <v>922</v>
-[...2 lines deleted...]
-      <c r="X231" s="405"/>
+        <v>906</v>
+      </c>
+      <c r="W231" s="401"/>
+      <c r="X231" s="401"/>
       <c r="Y231" s="22"/>
     </row>
     <row r="232" spans="1:25" ht="263.25" customHeight="1">
       <c r="A232" s="66">
         <v>33</v>
       </c>
       <c r="B232" s="42" t="s">
-        <v>1012</v>
+        <v>986</v>
       </c>
       <c r="C232" s="59">
         <v>92</v>
       </c>
-      <c r="D232" s="409" t="s">
-[...11 lines deleted...]
-      <c r="H232" s="396" t="s">
+      <c r="D232" s="405" t="s">
+        <v>987</v>
+      </c>
+      <c r="E232" s="402" t="s">
+        <v>988</v>
+      </c>
+      <c r="F232" s="402" t="s">
+        <v>989</v>
+      </c>
+      <c r="G232" s="402" t="s">
+        <v>990</v>
+      </c>
+      <c r="H232" s="392" t="s">
         <v>18</v>
       </c>
       <c r="I232" s="117">
         <f t="shared" si="3"/>
         <v>22.299999999999997</v>
       </c>
       <c r="J232" s="120">
         <v>11.1</v>
       </c>
       <c r="K232" s="120">
         <v>11.2</v>
       </c>
       <c r="L232" s="120">
         <f>I232/2</f>
         <v>11.149999999999999</v>
       </c>
       <c r="M232" s="55" t="s">
         <v>3</v>
       </c>
       <c r="N232" s="55" t="s">
         <v>125</v>
       </c>
-      <c r="O232" s="406" t="s">
-[...3 lines deleted...]
-        <v>426</v>
+      <c r="O232" s="402" t="s">
+        <v>991</v>
+      </c>
+      <c r="P232" s="403" t="s">
+        <v>422</v>
       </c>
       <c r="Q232" s="136"/>
       <c r="R232" s="55"/>
       <c r="S232" s="56"/>
       <c r="T232" s="134" t="s">
         <v>148</v>
       </c>
       <c r="U232" s="56"/>
       <c r="V232" s="311" t="s">
-        <v>1018</v>
+        <v>992</v>
       </c>
       <c r="W232" s="163"/>
       <c r="X232" s="163"/>
       <c r="Y232" s="22"/>
     </row>
     <row r="233" spans="1:25" ht="19.5" customHeight="1">
-      <c r="A233" s="481" t="s">
-[...15 lines deleted...]
-      <c r="O233" s="483"/>
+      <c r="A233" s="449" t="s">
+        <v>993</v>
+      </c>
+      <c r="B233" s="450"/>
+      <c r="C233" s="450"/>
+      <c r="D233" s="450"/>
+      <c r="E233" s="450"/>
+      <c r="F233" s="450"/>
+      <c r="G233" s="450"/>
+      <c r="H233" s="450"/>
+      <c r="I233" s="450"/>
+      <c r="J233" s="450"/>
+      <c r="K233" s="450"/>
+      <c r="L233" s="450"/>
+      <c r="M233" s="450"/>
+      <c r="N233" s="450"/>
+      <c r="O233" s="451"/>
       <c r="P233" s="182">
         <v>406</v>
       </c>
       <c r="Q233" s="12"/>
       <c r="R233" s="12"/>
       <c r="S233" s="12"/>
       <c r="T233" s="134"/>
       <c r="U233" s="167"/>
       <c r="V233" s="213"/>
       <c r="W233" s="167"/>
       <c r="X233" s="167"/>
       <c r="Y233" s="22"/>
     </row>
     <row r="234" spans="1:25" ht="15" customHeight="1">
-      <c r="A234" s="481" t="s">
-[...15 lines deleted...]
-      <c r="O234" s="483"/>
+      <c r="A234" s="449" t="s">
+        <v>994</v>
+      </c>
+      <c r="B234" s="450"/>
+      <c r="C234" s="450"/>
+      <c r="D234" s="450"/>
+      <c r="E234" s="450"/>
+      <c r="F234" s="450"/>
+      <c r="G234" s="450"/>
+      <c r="H234" s="450"/>
+      <c r="I234" s="450"/>
+      <c r="J234" s="450"/>
+      <c r="K234" s="450"/>
+      <c r="L234" s="450"/>
+      <c r="M234" s="450"/>
+      <c r="N234" s="450"/>
+      <c r="O234" s="451"/>
       <c r="P234" s="182">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="Q234" s="27"/>
       <c r="R234" s="27"/>
       <c r="S234" s="27"/>
       <c r="T234" s="27"/>
       <c r="U234" s="12"/>
       <c r="V234" s="10"/>
       <c r="W234" s="12"/>
       <c r="X234" s="12"/>
       <c r="Y234" s="22"/>
     </row>
     <row r="235" spans="1:25" ht="146.25" customHeight="1">
-      <c r="A235" s="596" t="s">
+      <c r="A235" s="541" t="s">
         <v>186</v>
       </c>
-      <c r="B235" s="597"/>
-[...22 lines deleted...]
-      <c r="Y235" s="597"/>
+      <c r="B235" s="542"/>
+      <c r="C235" s="542"/>
+      <c r="D235" s="542"/>
+      <c r="E235" s="542"/>
+      <c r="F235" s="542"/>
+      <c r="G235" s="542"/>
+      <c r="H235" s="542"/>
+      <c r="I235" s="542"/>
+      <c r="J235" s="542"/>
+      <c r="K235" s="542"/>
+      <c r="L235" s="542"/>
+      <c r="M235" s="542"/>
+      <c r="N235" s="542"/>
+      <c r="O235" s="542"/>
+      <c r="P235" s="542"/>
+      <c r="Q235" s="542"/>
+      <c r="R235" s="542"/>
+      <c r="S235" s="542"/>
+      <c r="T235" s="542"/>
+      <c r="U235" s="542"/>
+      <c r="V235" s="542"/>
+      <c r="W235" s="542"/>
+      <c r="X235" s="542"/>
+      <c r="Y235" s="542"/>
     </row>
   </sheetData>
-  <mergeCells count="1492">
+  <mergeCells count="1495">
+    <mergeCell ref="V194:V195"/>
+    <mergeCell ref="V196:V197"/>
+    <mergeCell ref="V199:V200"/>
+    <mergeCell ref="V204:V205"/>
+    <mergeCell ref="V88:V89"/>
+    <mergeCell ref="W88:W89"/>
+    <mergeCell ref="X88:X89"/>
+    <mergeCell ref="Y88:Y89"/>
+    <mergeCell ref="V94:V97"/>
+    <mergeCell ref="W94:W97"/>
+    <mergeCell ref="X94:X97"/>
+    <mergeCell ref="Y94:Y97"/>
+    <mergeCell ref="V99:V100"/>
+    <mergeCell ref="W99:W100"/>
+    <mergeCell ref="X99:X100"/>
+    <mergeCell ref="Y99:Y100"/>
+    <mergeCell ref="V107:V108"/>
+    <mergeCell ref="V111:V113"/>
+    <mergeCell ref="V114:V115"/>
+    <mergeCell ref="W121:W122"/>
+    <mergeCell ref="X121:X122"/>
+    <mergeCell ref="Y121:Y122"/>
     <mergeCell ref="Y111:Y113"/>
     <mergeCell ref="Y192:Y193"/>
-    <mergeCell ref="Y188:Y189"/>
+    <mergeCell ref="Y181:Y182"/>
+    <mergeCell ref="V206:V207"/>
+    <mergeCell ref="V209:V210"/>
+    <mergeCell ref="V211:V212"/>
+    <mergeCell ref="V220:V222"/>
+    <mergeCell ref="V134:V135"/>
+    <mergeCell ref="W134:W135"/>
+    <mergeCell ref="X134:X135"/>
+    <mergeCell ref="Y134:Y135"/>
+    <mergeCell ref="V136:V138"/>
+    <mergeCell ref="W136:W138"/>
+    <mergeCell ref="X136:X138"/>
+    <mergeCell ref="Y136:Y138"/>
+    <mergeCell ref="V139:V140"/>
+    <mergeCell ref="W139:W140"/>
+    <mergeCell ref="X139:X140"/>
+    <mergeCell ref="Y139:Y140"/>
+    <mergeCell ref="V141:V142"/>
+    <mergeCell ref="V143:V144"/>
+    <mergeCell ref="W143:W144"/>
+    <mergeCell ref="X143:X144"/>
+    <mergeCell ref="V149:V150"/>
+    <mergeCell ref="Y216:Y217"/>
+    <mergeCell ref="V216:V217"/>
+    <mergeCell ref="V175:V176"/>
+    <mergeCell ref="V192:V193"/>
+    <mergeCell ref="Y141:Y142"/>
+    <mergeCell ref="Y149:Y150"/>
+    <mergeCell ref="V152:V153"/>
+    <mergeCell ref="Y152:Y153"/>
+    <mergeCell ref="V155:V157"/>
+    <mergeCell ref="W155:W157"/>
+    <mergeCell ref="X155:X157"/>
+    <mergeCell ref="J162:J163"/>
+    <mergeCell ref="K162:K163"/>
+    <mergeCell ref="U47:U48"/>
+    <mergeCell ref="Y47:Y48"/>
+    <mergeCell ref="V49:V53"/>
+    <mergeCell ref="Y49:Y53"/>
+    <mergeCell ref="U55:U56"/>
+    <mergeCell ref="G67:G68"/>
+    <mergeCell ref="V37:V38"/>
+    <mergeCell ref="V40:V41"/>
+    <mergeCell ref="W37:W38"/>
+    <mergeCell ref="X37:X38"/>
+    <mergeCell ref="V59:V61"/>
+    <mergeCell ref="W59:W61"/>
+    <mergeCell ref="X59:X61"/>
+    <mergeCell ref="Y59:Y61"/>
+    <mergeCell ref="V62:V65"/>
+    <mergeCell ref="W62:W65"/>
+    <mergeCell ref="X62:X65"/>
+    <mergeCell ref="Y62:Y65"/>
+    <mergeCell ref="V78:V79"/>
+    <mergeCell ref="Y45:Y46"/>
+    <mergeCell ref="O59:O61"/>
+    <mergeCell ref="J59:J61"/>
+    <mergeCell ref="K59:K61"/>
+    <mergeCell ref="G62:G65"/>
+    <mergeCell ref="M136:M138"/>
+    <mergeCell ref="N136:N138"/>
+    <mergeCell ref="T62:T64"/>
+    <mergeCell ref="V54:V58"/>
+    <mergeCell ref="W54:W58"/>
+    <mergeCell ref="X54:X58"/>
+    <mergeCell ref="C9:C10"/>
+    <mergeCell ref="D9:D10"/>
+    <mergeCell ref="E9:E10"/>
+    <mergeCell ref="C155:C157"/>
+    <mergeCell ref="G143:G144"/>
+    <mergeCell ref="L175:L176"/>
+    <mergeCell ref="M175:M176"/>
+    <mergeCell ref="O152:O153"/>
+    <mergeCell ref="G160:G161"/>
+    <mergeCell ref="H160:H161"/>
+    <mergeCell ref="L160:L161"/>
+    <mergeCell ref="V190:V191"/>
+    <mergeCell ref="W190:W191"/>
+    <mergeCell ref="X190:X191"/>
+    <mergeCell ref="H62:H65"/>
+    <mergeCell ref="G82:G85"/>
+    <mergeCell ref="H82:H85"/>
+    <mergeCell ref="L82:L85"/>
+    <mergeCell ref="N90:N93"/>
+    <mergeCell ref="V45:V46"/>
+    <mergeCell ref="W45:W46"/>
+    <mergeCell ref="X45:X46"/>
+    <mergeCell ref="V47:V48"/>
+    <mergeCell ref="V69:V70"/>
+    <mergeCell ref="N134:N135"/>
+    <mergeCell ref="V76:V77"/>
+    <mergeCell ref="V109:V110"/>
+    <mergeCell ref="M86:M87"/>
+    <mergeCell ref="M59:M61"/>
+    <mergeCell ref="N59:N61"/>
+    <mergeCell ref="T92:T93"/>
+    <mergeCell ref="M160:M161"/>
+    <mergeCell ref="A233:O233"/>
+    <mergeCell ref="A234:O234"/>
+    <mergeCell ref="G12:G13"/>
+    <mergeCell ref="A9:A10"/>
+    <mergeCell ref="O111:O113"/>
+    <mergeCell ref="O121:O122"/>
+    <mergeCell ref="O136:O138"/>
+    <mergeCell ref="O149:O150"/>
+    <mergeCell ref="O158:O159"/>
+    <mergeCell ref="O160:O161"/>
+    <mergeCell ref="O162:O163"/>
+    <mergeCell ref="D143:D144"/>
+    <mergeCell ref="Q149:Q150"/>
+    <mergeCell ref="R149:R150"/>
+    <mergeCell ref="S149:S150"/>
+    <mergeCell ref="B170:B171"/>
+    <mergeCell ref="C170:C171"/>
+    <mergeCell ref="I155:I157"/>
+    <mergeCell ref="J155:J157"/>
+    <mergeCell ref="M152:M153"/>
+    <mergeCell ref="N152:N153"/>
+    <mergeCell ref="O143:O144"/>
+    <mergeCell ref="C143:C144"/>
+    <mergeCell ref="I143:I144"/>
+    <mergeCell ref="E155:E157"/>
+    <mergeCell ref="F155:F157"/>
+    <mergeCell ref="N158:N159"/>
+    <mergeCell ref="K155:K157"/>
+    <mergeCell ref="I158:I159"/>
+    <mergeCell ref="J158:J159"/>
+    <mergeCell ref="A24:A25"/>
+    <mergeCell ref="B9:B10"/>
+    <mergeCell ref="A7:A8"/>
+    <mergeCell ref="B7:B8"/>
+    <mergeCell ref="C7:C8"/>
+    <mergeCell ref="D7:D8"/>
+    <mergeCell ref="E7:E8"/>
+    <mergeCell ref="N3:N4"/>
+    <mergeCell ref="P3:P4"/>
+    <mergeCell ref="Q3:Q4"/>
+    <mergeCell ref="R3:R4"/>
+    <mergeCell ref="A12:A13"/>
+    <mergeCell ref="B12:B13"/>
+    <mergeCell ref="C12:C13"/>
+    <mergeCell ref="D12:D13"/>
+    <mergeCell ref="E12:E13"/>
+    <mergeCell ref="F12:F13"/>
+    <mergeCell ref="Y12:Y13"/>
+    <mergeCell ref="V12:V13"/>
+    <mergeCell ref="U9:U10"/>
+    <mergeCell ref="V9:V10"/>
+    <mergeCell ref="F9:F10"/>
+    <mergeCell ref="G9:G10"/>
+    <mergeCell ref="H9:H10"/>
+    <mergeCell ref="Y9:Y10"/>
+    <mergeCell ref="U12:U13"/>
+    <mergeCell ref="T3:T4"/>
+    <mergeCell ref="R9:R10"/>
+    <mergeCell ref="S9:S10"/>
+    <mergeCell ref="R12:R13"/>
+    <mergeCell ref="S12:S13"/>
+    <mergeCell ref="A5:Y5"/>
+    <mergeCell ref="O9:O10"/>
+    <mergeCell ref="P9:P10"/>
+    <mergeCell ref="Q111:Q113"/>
+    <mergeCell ref="Q141:Q142"/>
+    <mergeCell ref="R141:R142"/>
+    <mergeCell ref="S141:S142"/>
+    <mergeCell ref="T141:T142"/>
+    <mergeCell ref="A28:O28"/>
+    <mergeCell ref="A29:Y29"/>
+    <mergeCell ref="C24:C25"/>
+    <mergeCell ref="D24:D25"/>
+    <mergeCell ref="E24:E25"/>
+    <mergeCell ref="F24:F25"/>
+    <mergeCell ref="G24:G25"/>
+    <mergeCell ref="H24:H25"/>
+    <mergeCell ref="L24:L25"/>
+    <mergeCell ref="J37:J38"/>
+    <mergeCell ref="Y24:Y25"/>
+    <mergeCell ref="A21:A22"/>
+    <mergeCell ref="A37:A38"/>
+    <mergeCell ref="B37:B38"/>
+    <mergeCell ref="C37:C38"/>
+    <mergeCell ref="D37:D38"/>
+    <mergeCell ref="Y54:Y58"/>
+    <mergeCell ref="Y69:Y70"/>
+    <mergeCell ref="Y78:Y79"/>
+    <mergeCell ref="E37:E38"/>
+    <mergeCell ref="O24:O25"/>
+    <mergeCell ref="P24:P25"/>
+    <mergeCell ref="Y37:Y38"/>
+    <mergeCell ref="Q37:Q38"/>
+    <mergeCell ref="R37:R38"/>
+    <mergeCell ref="S37:S38"/>
+    <mergeCell ref="T37:T38"/>
+    <mergeCell ref="E173:E174"/>
+    <mergeCell ref="F173:F174"/>
+    <mergeCell ref="G173:G174"/>
+    <mergeCell ref="H173:H174"/>
+    <mergeCell ref="I160:I161"/>
+    <mergeCell ref="J160:J161"/>
+    <mergeCell ref="K160:K161"/>
+    <mergeCell ref="I162:I163"/>
+    <mergeCell ref="I164:I165"/>
+    <mergeCell ref="J164:J165"/>
+    <mergeCell ref="K164:K165"/>
+    <mergeCell ref="P149:P150"/>
+    <mergeCell ref="O134:O135"/>
+    <mergeCell ref="F134:F135"/>
+    <mergeCell ref="E136:E138"/>
+    <mergeCell ref="F136:F138"/>
+    <mergeCell ref="G136:G138"/>
+    <mergeCell ref="H136:H138"/>
+    <mergeCell ref="L136:L138"/>
+    <mergeCell ref="I136:I138"/>
+    <mergeCell ref="G134:G135"/>
+    <mergeCell ref="H134:H135"/>
+    <mergeCell ref="L134:L135"/>
+    <mergeCell ref="J134:J135"/>
+    <mergeCell ref="L139:L140"/>
+    <mergeCell ref="M139:M140"/>
+    <mergeCell ref="N139:N140"/>
+    <mergeCell ref="O139:O140"/>
+    <mergeCell ref="H139:H140"/>
+    <mergeCell ref="K158:K159"/>
+    <mergeCell ref="N143:N144"/>
+    <mergeCell ref="N160:N161"/>
+    <mergeCell ref="Q9:Q10"/>
+    <mergeCell ref="R21:R22"/>
+    <mergeCell ref="S21:S22"/>
+    <mergeCell ref="T21:T22"/>
+    <mergeCell ref="R18:R19"/>
+    <mergeCell ref="S18:S19"/>
+    <mergeCell ref="T18:T19"/>
+    <mergeCell ref="T24:T25"/>
+    <mergeCell ref="M76:M77"/>
+    <mergeCell ref="N76:N77"/>
+    <mergeCell ref="O76:O77"/>
+    <mergeCell ref="P76:P77"/>
+    <mergeCell ref="T12:T13"/>
+    <mergeCell ref="P37:P38"/>
+    <mergeCell ref="S47:S48"/>
+    <mergeCell ref="T47:T48"/>
+    <mergeCell ref="T49:T50"/>
+    <mergeCell ref="Q21:Q22"/>
+    <mergeCell ref="M37:M38"/>
+    <mergeCell ref="N37:N38"/>
+    <mergeCell ref="T9:T10"/>
+    <mergeCell ref="N9:N10"/>
+    <mergeCell ref="M69:M70"/>
+    <mergeCell ref="N69:N70"/>
+    <mergeCell ref="O69:O70"/>
+    <mergeCell ref="T69:T70"/>
+    <mergeCell ref="T55:T56"/>
+    <mergeCell ref="Q24:Q25"/>
+    <mergeCell ref="R24:R25"/>
+    <mergeCell ref="S24:S25"/>
+    <mergeCell ref="M24:M25"/>
+    <mergeCell ref="N24:N25"/>
+    <mergeCell ref="A1:Y1"/>
+    <mergeCell ref="A3:A4"/>
+    <mergeCell ref="B3:B4"/>
+    <mergeCell ref="C3:C4"/>
+    <mergeCell ref="E3:E4"/>
+    <mergeCell ref="F3:F4"/>
+    <mergeCell ref="G3:G4"/>
+    <mergeCell ref="H3:H4"/>
+    <mergeCell ref="M3:M4"/>
+    <mergeCell ref="Y7:Y8"/>
+    <mergeCell ref="Q7:Q8"/>
+    <mergeCell ref="R7:R8"/>
+    <mergeCell ref="S7:S8"/>
+    <mergeCell ref="T7:T8"/>
+    <mergeCell ref="U7:U8"/>
+    <mergeCell ref="O7:O8"/>
+    <mergeCell ref="P7:P8"/>
+    <mergeCell ref="G7:G8"/>
+    <mergeCell ref="H7:H8"/>
+    <mergeCell ref="F7:F8"/>
+    <mergeCell ref="I7:I8"/>
+    <mergeCell ref="J7:J8"/>
+    <mergeCell ref="K7:K8"/>
+    <mergeCell ref="L7:L8"/>
+    <mergeCell ref="V3:X3"/>
+    <mergeCell ref="S3:S4"/>
+    <mergeCell ref="W7:W8"/>
+    <mergeCell ref="X7:X8"/>
+    <mergeCell ref="N7:N8"/>
+    <mergeCell ref="M7:M8"/>
+    <mergeCell ref="U3:U4"/>
+    <mergeCell ref="Y3:Y4"/>
+    <mergeCell ref="H12:H13"/>
+    <mergeCell ref="L12:L13"/>
+    <mergeCell ref="M12:M13"/>
+    <mergeCell ref="N12:N13"/>
+    <mergeCell ref="O12:O13"/>
+    <mergeCell ref="P12:P13"/>
+    <mergeCell ref="L9:L10"/>
+    <mergeCell ref="W9:W10"/>
+    <mergeCell ref="X9:X10"/>
+    <mergeCell ref="W12:W13"/>
+    <mergeCell ref="X12:X13"/>
+    <mergeCell ref="M9:M10"/>
+    <mergeCell ref="Q12:Q13"/>
+    <mergeCell ref="U24:U25"/>
+    <mergeCell ref="B21:B22"/>
+    <mergeCell ref="C21:C22"/>
+    <mergeCell ref="B40:B41"/>
+    <mergeCell ref="C40:C41"/>
+    <mergeCell ref="D40:D41"/>
+    <mergeCell ref="E40:E41"/>
+    <mergeCell ref="F40:F41"/>
+    <mergeCell ref="G40:G41"/>
+    <mergeCell ref="H40:H41"/>
+    <mergeCell ref="L40:L41"/>
+    <mergeCell ref="U40:U41"/>
+    <mergeCell ref="F37:F38"/>
+    <mergeCell ref="G37:G38"/>
+    <mergeCell ref="D21:D22"/>
+    <mergeCell ref="H37:H38"/>
+    <mergeCell ref="E21:E22"/>
+    <mergeCell ref="K37:K38"/>
+    <mergeCell ref="B24:B25"/>
+    <mergeCell ref="U37:U38"/>
+    <mergeCell ref="O37:O38"/>
+    <mergeCell ref="L37:L38"/>
+    <mergeCell ref="U21:U22"/>
+    <mergeCell ref="O21:O22"/>
+    <mergeCell ref="P21:P22"/>
+    <mergeCell ref="F21:F22"/>
+    <mergeCell ref="G21:G22"/>
+    <mergeCell ref="H21:H22"/>
+    <mergeCell ref="L21:L22"/>
+    <mergeCell ref="M21:M22"/>
+    <mergeCell ref="N21:N22"/>
+    <mergeCell ref="W21:W22"/>
+    <mergeCell ref="X21:X22"/>
+    <mergeCell ref="X24:X25"/>
+    <mergeCell ref="W24:W25"/>
+    <mergeCell ref="Y21:Y22"/>
+    <mergeCell ref="F45:F46"/>
+    <mergeCell ref="G45:G46"/>
+    <mergeCell ref="H45:H46"/>
+    <mergeCell ref="L45:L46"/>
+    <mergeCell ref="M45:M46"/>
+    <mergeCell ref="N45:N46"/>
+    <mergeCell ref="T40:T41"/>
+    <mergeCell ref="I40:I41"/>
+    <mergeCell ref="J40:J41"/>
+    <mergeCell ref="K40:K41"/>
+    <mergeCell ref="I45:I46"/>
+    <mergeCell ref="J45:J46"/>
+    <mergeCell ref="K45:K46"/>
+    <mergeCell ref="Y40:Y41"/>
+    <mergeCell ref="A42:N42"/>
+    <mergeCell ref="A43:Y43"/>
+    <mergeCell ref="A45:A46"/>
+    <mergeCell ref="B45:B46"/>
+    <mergeCell ref="C45:C46"/>
+    <mergeCell ref="D45:D46"/>
+    <mergeCell ref="E45:E46"/>
+    <mergeCell ref="Q40:Q41"/>
+    <mergeCell ref="R40:R41"/>
+    <mergeCell ref="S40:S41"/>
+    <mergeCell ref="M40:M41"/>
+    <mergeCell ref="N40:N41"/>
+    <mergeCell ref="O40:O41"/>
+    <mergeCell ref="P40:P41"/>
+    <mergeCell ref="O45:O46"/>
+    <mergeCell ref="A40:A41"/>
+    <mergeCell ref="A49:A53"/>
+    <mergeCell ref="B49:B53"/>
+    <mergeCell ref="C49:C53"/>
+    <mergeCell ref="D49:D53"/>
+    <mergeCell ref="E49:E53"/>
+    <mergeCell ref="F49:F53"/>
+    <mergeCell ref="Q47:Q48"/>
+    <mergeCell ref="R47:R48"/>
+    <mergeCell ref="L47:L48"/>
+    <mergeCell ref="M47:M48"/>
+    <mergeCell ref="N47:N48"/>
+    <mergeCell ref="O47:O48"/>
+    <mergeCell ref="P47:P48"/>
+    <mergeCell ref="I47:I48"/>
+    <mergeCell ref="J47:J48"/>
+    <mergeCell ref="K47:K48"/>
+    <mergeCell ref="I49:I53"/>
+    <mergeCell ref="J49:J53"/>
+    <mergeCell ref="K49:K53"/>
+    <mergeCell ref="A47:A48"/>
+    <mergeCell ref="B47:B48"/>
+    <mergeCell ref="C47:C48"/>
+    <mergeCell ref="D47:D48"/>
+    <mergeCell ref="E47:E48"/>
+    <mergeCell ref="F47:F48"/>
+    <mergeCell ref="G47:G48"/>
+    <mergeCell ref="H47:H48"/>
+    <mergeCell ref="A59:A61"/>
+    <mergeCell ref="B59:B61"/>
+    <mergeCell ref="C59:C61"/>
+    <mergeCell ref="D59:D61"/>
+    <mergeCell ref="E59:E61"/>
+    <mergeCell ref="F59:F61"/>
+    <mergeCell ref="G54:G58"/>
+    <mergeCell ref="H54:H58"/>
+    <mergeCell ref="L54:L58"/>
+    <mergeCell ref="M54:M58"/>
+    <mergeCell ref="N54:N58"/>
+    <mergeCell ref="O54:O58"/>
+    <mergeCell ref="T52:T53"/>
+    <mergeCell ref="A54:A58"/>
+    <mergeCell ref="B54:B58"/>
+    <mergeCell ref="C54:C58"/>
+    <mergeCell ref="D54:D58"/>
+    <mergeCell ref="E54:E58"/>
+    <mergeCell ref="F54:F58"/>
+    <mergeCell ref="G49:G53"/>
+    <mergeCell ref="H49:H53"/>
+    <mergeCell ref="L49:L53"/>
+    <mergeCell ref="M49:M53"/>
+    <mergeCell ref="N49:N53"/>
+    <mergeCell ref="O49:O53"/>
+    <mergeCell ref="G59:G61"/>
+    <mergeCell ref="H59:H61"/>
+    <mergeCell ref="L59:L61"/>
+    <mergeCell ref="I54:I58"/>
+    <mergeCell ref="J54:J58"/>
+    <mergeCell ref="K54:K58"/>
+    <mergeCell ref="I59:I61"/>
+    <mergeCell ref="H67:H68"/>
+    <mergeCell ref="L67:L68"/>
+    <mergeCell ref="M67:M68"/>
+    <mergeCell ref="N67:N68"/>
+    <mergeCell ref="O67:O68"/>
+    <mergeCell ref="M62:M65"/>
+    <mergeCell ref="N62:N65"/>
+    <mergeCell ref="O62:O65"/>
+    <mergeCell ref="L62:L65"/>
+    <mergeCell ref="V67:V68"/>
+    <mergeCell ref="Y67:Y68"/>
+    <mergeCell ref="A67:A68"/>
+    <mergeCell ref="B67:B68"/>
+    <mergeCell ref="C67:C68"/>
+    <mergeCell ref="D67:D68"/>
+    <mergeCell ref="E67:E68"/>
+    <mergeCell ref="F67:F68"/>
+    <mergeCell ref="I62:I65"/>
+    <mergeCell ref="J62:J65"/>
+    <mergeCell ref="K62:K65"/>
+    <mergeCell ref="I67:I68"/>
+    <mergeCell ref="J67:J68"/>
+    <mergeCell ref="K67:K68"/>
+    <mergeCell ref="A62:A65"/>
+    <mergeCell ref="B62:B65"/>
+    <mergeCell ref="C62:C65"/>
+    <mergeCell ref="D62:D65"/>
+    <mergeCell ref="E62:E65"/>
+    <mergeCell ref="F62:F65"/>
+    <mergeCell ref="I69:I70"/>
+    <mergeCell ref="J69:J70"/>
+    <mergeCell ref="K69:K70"/>
+    <mergeCell ref="A69:A70"/>
+    <mergeCell ref="B69:B70"/>
+    <mergeCell ref="C69:C70"/>
+    <mergeCell ref="D69:D70"/>
+    <mergeCell ref="E69:E70"/>
+    <mergeCell ref="F69:F70"/>
+    <mergeCell ref="G69:G70"/>
+    <mergeCell ref="H69:H70"/>
+    <mergeCell ref="L69:L70"/>
+    <mergeCell ref="Y73:Y74"/>
+    <mergeCell ref="A76:A77"/>
+    <mergeCell ref="B76:B77"/>
+    <mergeCell ref="C76:C77"/>
+    <mergeCell ref="D76:D77"/>
+    <mergeCell ref="E76:E77"/>
+    <mergeCell ref="F76:F77"/>
+    <mergeCell ref="G76:G77"/>
+    <mergeCell ref="H72:H74"/>
+    <mergeCell ref="L72:L74"/>
+    <mergeCell ref="M72:M74"/>
+    <mergeCell ref="N72:N74"/>
+    <mergeCell ref="O72:O74"/>
+    <mergeCell ref="A72:A74"/>
+    <mergeCell ref="B72:B74"/>
+    <mergeCell ref="C72:C74"/>
+    <mergeCell ref="D72:D74"/>
+    <mergeCell ref="E72:E74"/>
+    <mergeCell ref="F72:F74"/>
+    <mergeCell ref="G72:G74"/>
+    <mergeCell ref="A78:A79"/>
+    <mergeCell ref="B78:B79"/>
+    <mergeCell ref="C78:C79"/>
+    <mergeCell ref="H76:H77"/>
+    <mergeCell ref="L76:L77"/>
+    <mergeCell ref="U73:U74"/>
+    <mergeCell ref="A88:A89"/>
+    <mergeCell ref="B88:B89"/>
+    <mergeCell ref="C88:C89"/>
+    <mergeCell ref="D88:D89"/>
+    <mergeCell ref="E88:E89"/>
+    <mergeCell ref="F88:F89"/>
+    <mergeCell ref="D78:D79"/>
+    <mergeCell ref="E78:E79"/>
+    <mergeCell ref="A86:A87"/>
+    <mergeCell ref="B86:B87"/>
+    <mergeCell ref="C86:C87"/>
+    <mergeCell ref="D86:D87"/>
+    <mergeCell ref="E86:E87"/>
+    <mergeCell ref="F86:F87"/>
+    <mergeCell ref="G86:G87"/>
+    <mergeCell ref="H86:H87"/>
+    <mergeCell ref="N82:N85"/>
+    <mergeCell ref="O82:O85"/>
+    <mergeCell ref="U82:U84"/>
+    <mergeCell ref="K76:K77"/>
+    <mergeCell ref="I76:I77"/>
+    <mergeCell ref="J76:J77"/>
+    <mergeCell ref="Q76:Q77"/>
+    <mergeCell ref="T82:T84"/>
+    <mergeCell ref="T73:T74"/>
+    <mergeCell ref="R78:R79"/>
+    <mergeCell ref="U78:U79"/>
+    <mergeCell ref="O78:O79"/>
+    <mergeCell ref="P78:P79"/>
+    <mergeCell ref="F78:F79"/>
+    <mergeCell ref="G78:G79"/>
+    <mergeCell ref="H78:H79"/>
+    <mergeCell ref="L78:L79"/>
+    <mergeCell ref="M78:M79"/>
+    <mergeCell ref="N78:N79"/>
+    <mergeCell ref="N86:N87"/>
+    <mergeCell ref="O86:O87"/>
+    <mergeCell ref="I78:I79"/>
+    <mergeCell ref="J78:J79"/>
+    <mergeCell ref="K78:K79"/>
+    <mergeCell ref="I82:I85"/>
+    <mergeCell ref="J82:J85"/>
+    <mergeCell ref="J86:J87"/>
+    <mergeCell ref="R76:R77"/>
+    <mergeCell ref="S76:S77"/>
+    <mergeCell ref="T76:T77"/>
+    <mergeCell ref="U76:U77"/>
+    <mergeCell ref="Y76:Y77"/>
+    <mergeCell ref="I72:I74"/>
+    <mergeCell ref="A82:A85"/>
+    <mergeCell ref="B82:B85"/>
+    <mergeCell ref="C82:C85"/>
+    <mergeCell ref="D82:D85"/>
+    <mergeCell ref="E82:E85"/>
+    <mergeCell ref="F82:F85"/>
+    <mergeCell ref="K86:K87"/>
+    <mergeCell ref="G88:G89"/>
+    <mergeCell ref="H88:H89"/>
+    <mergeCell ref="L88:L89"/>
+    <mergeCell ref="M88:M89"/>
+    <mergeCell ref="N88:N89"/>
+    <mergeCell ref="O88:O89"/>
+    <mergeCell ref="I88:I89"/>
+    <mergeCell ref="J88:J89"/>
+    <mergeCell ref="K88:K89"/>
+    <mergeCell ref="M82:M85"/>
+    <mergeCell ref="K82:K85"/>
+    <mergeCell ref="I86:I87"/>
+    <mergeCell ref="S78:S79"/>
+    <mergeCell ref="T78:T79"/>
+    <mergeCell ref="Q78:Q79"/>
+    <mergeCell ref="V82:V85"/>
+    <mergeCell ref="Y82:Y85"/>
+    <mergeCell ref="V86:V87"/>
+    <mergeCell ref="Y86:Y87"/>
+    <mergeCell ref="O99:O100"/>
+    <mergeCell ref="M94:M97"/>
+    <mergeCell ref="N94:N97"/>
+    <mergeCell ref="O94:O97"/>
+    <mergeCell ref="C94:C97"/>
+    <mergeCell ref="D94:D97"/>
+    <mergeCell ref="E94:E97"/>
+    <mergeCell ref="G94:G97"/>
+    <mergeCell ref="I94:I97"/>
+    <mergeCell ref="U92:U93"/>
+    <mergeCell ref="A90:A93"/>
+    <mergeCell ref="B90:B93"/>
+    <mergeCell ref="C90:C93"/>
+    <mergeCell ref="D90:D93"/>
+    <mergeCell ref="E90:E93"/>
+    <mergeCell ref="F90:F93"/>
+    <mergeCell ref="G90:G93"/>
+    <mergeCell ref="H90:H93"/>
+    <mergeCell ref="L90:L93"/>
+    <mergeCell ref="I90:I93"/>
+    <mergeCell ref="J90:J93"/>
+    <mergeCell ref="O90:O93"/>
+    <mergeCell ref="K90:K93"/>
+    <mergeCell ref="I99:I100"/>
+    <mergeCell ref="B99:B100"/>
+    <mergeCell ref="C99:C100"/>
+    <mergeCell ref="D99:D100"/>
+    <mergeCell ref="O101:O106"/>
+    <mergeCell ref="Y109:Y110"/>
+    <mergeCell ref="F94:F97"/>
+    <mergeCell ref="A107:A108"/>
+    <mergeCell ref="B107:B108"/>
+    <mergeCell ref="C107:C108"/>
+    <mergeCell ref="D107:D108"/>
+    <mergeCell ref="E107:E108"/>
+    <mergeCell ref="F107:F108"/>
+    <mergeCell ref="Q101:Q106"/>
+    <mergeCell ref="R101:R106"/>
+    <mergeCell ref="S101:S106"/>
+    <mergeCell ref="T101:T106"/>
+    <mergeCell ref="U101:U106"/>
+    <mergeCell ref="Y101:Y106"/>
+    <mergeCell ref="P101:P106"/>
+    <mergeCell ref="G101:G106"/>
+    <mergeCell ref="H101:H106"/>
+    <mergeCell ref="L101:L106"/>
+    <mergeCell ref="M101:M106"/>
+    <mergeCell ref="Y107:Y108"/>
+    <mergeCell ref="P107:P108"/>
+    <mergeCell ref="A101:A106"/>
+    <mergeCell ref="B101:B106"/>
+    <mergeCell ref="H107:H108"/>
+    <mergeCell ref="L107:L108"/>
+    <mergeCell ref="M107:M108"/>
+    <mergeCell ref="G99:G100"/>
+    <mergeCell ref="H99:H100"/>
+    <mergeCell ref="L99:L100"/>
+    <mergeCell ref="M99:M100"/>
+    <mergeCell ref="N99:N100"/>
+    <mergeCell ref="O107:O108"/>
+    <mergeCell ref="Q109:Q110"/>
+    <mergeCell ref="R109:R110"/>
+    <mergeCell ref="T109:T110"/>
+    <mergeCell ref="G109:G110"/>
+    <mergeCell ref="H109:H110"/>
+    <mergeCell ref="L109:L110"/>
+    <mergeCell ref="M109:M110"/>
+    <mergeCell ref="P109:P110"/>
+    <mergeCell ref="A109:A110"/>
+    <mergeCell ref="B109:B110"/>
+    <mergeCell ref="C109:C110"/>
+    <mergeCell ref="D109:D110"/>
+    <mergeCell ref="E109:E110"/>
+    <mergeCell ref="F109:F110"/>
+    <mergeCell ref="O109:O110"/>
+    <mergeCell ref="Q107:Q108"/>
+    <mergeCell ref="R107:R108"/>
+    <mergeCell ref="S107:S108"/>
+    <mergeCell ref="T107:T108"/>
+    <mergeCell ref="C101:C106"/>
+    <mergeCell ref="D101:D106"/>
+    <mergeCell ref="E101:E106"/>
+    <mergeCell ref="F101:F106"/>
+    <mergeCell ref="A99:A100"/>
+    <mergeCell ref="G107:G108"/>
+    <mergeCell ref="H94:H97"/>
+    <mergeCell ref="L94:L97"/>
+    <mergeCell ref="A111:A113"/>
+    <mergeCell ref="B111:B113"/>
+    <mergeCell ref="C111:C113"/>
+    <mergeCell ref="D111:D113"/>
+    <mergeCell ref="E111:E113"/>
+    <mergeCell ref="G114:G115"/>
+    <mergeCell ref="N109:N110"/>
+    <mergeCell ref="F111:F113"/>
+    <mergeCell ref="G111:G113"/>
+    <mergeCell ref="H111:H113"/>
+    <mergeCell ref="L111:L113"/>
+    <mergeCell ref="N107:N108"/>
+    <mergeCell ref="E99:E100"/>
+    <mergeCell ref="F99:F100"/>
+    <mergeCell ref="A94:A97"/>
+    <mergeCell ref="B94:B97"/>
+    <mergeCell ref="N101:N106"/>
+    <mergeCell ref="O116:O117"/>
+    <mergeCell ref="A116:A117"/>
+    <mergeCell ref="B116:B117"/>
+    <mergeCell ref="C116:C117"/>
+    <mergeCell ref="D116:D117"/>
+    <mergeCell ref="E116:E117"/>
+    <mergeCell ref="F116:F117"/>
+    <mergeCell ref="I116:I117"/>
+    <mergeCell ref="J116:J117"/>
+    <mergeCell ref="K116:K117"/>
+    <mergeCell ref="M111:M113"/>
+    <mergeCell ref="N111:N113"/>
+    <mergeCell ref="I111:I113"/>
+    <mergeCell ref="J111:J113"/>
+    <mergeCell ref="K111:K113"/>
+    <mergeCell ref="H114:H115"/>
+    <mergeCell ref="L114:L115"/>
+    <mergeCell ref="A114:A115"/>
+    <mergeCell ref="J121:J122"/>
+    <mergeCell ref="K121:K122"/>
+    <mergeCell ref="M121:M122"/>
+    <mergeCell ref="N121:N122"/>
+    <mergeCell ref="Q125:Q126"/>
+    <mergeCell ref="P125:P126"/>
+    <mergeCell ref="V121:V122"/>
+    <mergeCell ref="V116:V117"/>
+    <mergeCell ref="V132:V133"/>
+    <mergeCell ref="X125:X126"/>
+    <mergeCell ref="Y125:Y126"/>
+    <mergeCell ref="B114:B115"/>
+    <mergeCell ref="C114:C115"/>
+    <mergeCell ref="D114:D115"/>
+    <mergeCell ref="E114:E115"/>
+    <mergeCell ref="F114:F115"/>
+    <mergeCell ref="A121:A122"/>
+    <mergeCell ref="B121:B122"/>
+    <mergeCell ref="C121:C122"/>
+    <mergeCell ref="D121:D122"/>
+    <mergeCell ref="E121:E122"/>
+    <mergeCell ref="F121:F122"/>
+    <mergeCell ref="G121:G122"/>
+    <mergeCell ref="H121:H122"/>
+    <mergeCell ref="L121:L122"/>
+    <mergeCell ref="K114:K115"/>
+    <mergeCell ref="G116:G117"/>
+    <mergeCell ref="H116:H117"/>
+    <mergeCell ref="L116:L117"/>
+    <mergeCell ref="I114:I115"/>
+    <mergeCell ref="J114:J115"/>
+    <mergeCell ref="A129:A130"/>
+    <mergeCell ref="B129:B130"/>
+    <mergeCell ref="C129:C130"/>
+    <mergeCell ref="D129:D130"/>
+    <mergeCell ref="E129:E130"/>
+    <mergeCell ref="F129:F130"/>
+    <mergeCell ref="Q132:Q133"/>
+    <mergeCell ref="R132:R133"/>
+    <mergeCell ref="I132:I133"/>
+    <mergeCell ref="J132:J133"/>
+    <mergeCell ref="D132:D133"/>
+    <mergeCell ref="E132:E133"/>
+    <mergeCell ref="A132:A133"/>
+    <mergeCell ref="B132:B133"/>
+    <mergeCell ref="C132:C133"/>
+    <mergeCell ref="F132:F133"/>
+    <mergeCell ref="I129:I130"/>
+    <mergeCell ref="J129:J130"/>
+    <mergeCell ref="K129:K130"/>
+    <mergeCell ref="G129:G130"/>
+    <mergeCell ref="H129:H130"/>
+    <mergeCell ref="L129:L130"/>
+    <mergeCell ref="M129:M130"/>
+    <mergeCell ref="N129:N130"/>
+    <mergeCell ref="O129:O130"/>
+    <mergeCell ref="K132:K133"/>
+    <mergeCell ref="P132:P133"/>
+    <mergeCell ref="G132:G133"/>
+    <mergeCell ref="H132:H133"/>
+    <mergeCell ref="O132:O133"/>
+    <mergeCell ref="J136:J138"/>
+    <mergeCell ref="B134:B135"/>
+    <mergeCell ref="C134:C135"/>
+    <mergeCell ref="D134:D135"/>
+    <mergeCell ref="E134:E135"/>
+    <mergeCell ref="A136:A138"/>
+    <mergeCell ref="H143:H144"/>
+    <mergeCell ref="L143:L144"/>
+    <mergeCell ref="B143:B144"/>
+    <mergeCell ref="A134:A135"/>
+    <mergeCell ref="B136:B138"/>
+    <mergeCell ref="C136:C138"/>
+    <mergeCell ref="D136:D138"/>
+    <mergeCell ref="I134:I135"/>
+    <mergeCell ref="K134:K135"/>
+    <mergeCell ref="A141:A142"/>
+    <mergeCell ref="B141:B142"/>
+    <mergeCell ref="C141:C142"/>
+    <mergeCell ref="D141:D142"/>
+    <mergeCell ref="E141:E142"/>
+    <mergeCell ref="E143:E144"/>
+    <mergeCell ref="F143:F144"/>
+    <mergeCell ref="A143:A144"/>
+    <mergeCell ref="Q170:Q171"/>
+    <mergeCell ref="R170:R171"/>
+    <mergeCell ref="S170:S171"/>
+    <mergeCell ref="A167:O167"/>
+    <mergeCell ref="G170:G171"/>
+    <mergeCell ref="H170:H171"/>
+    <mergeCell ref="L170:L171"/>
+    <mergeCell ref="M170:M171"/>
+    <mergeCell ref="A170:A171"/>
+    <mergeCell ref="A152:A153"/>
+    <mergeCell ref="B152:B153"/>
+    <mergeCell ref="C152:C153"/>
+    <mergeCell ref="D152:D153"/>
+    <mergeCell ref="E152:E153"/>
+    <mergeCell ref="F152:F153"/>
+    <mergeCell ref="F149:F150"/>
+    <mergeCell ref="G149:G150"/>
+    <mergeCell ref="H149:H150"/>
+    <mergeCell ref="L149:L150"/>
+    <mergeCell ref="M149:M150"/>
+    <mergeCell ref="N149:N150"/>
+    <mergeCell ref="A149:A150"/>
+    <mergeCell ref="B149:B150"/>
+    <mergeCell ref="C149:C150"/>
+    <mergeCell ref="D149:D150"/>
+    <mergeCell ref="E149:E150"/>
+    <mergeCell ref="G152:G153"/>
+    <mergeCell ref="H152:H153"/>
+    <mergeCell ref="L152:L153"/>
+    <mergeCell ref="F162:F163"/>
+    <mergeCell ref="G162:G163"/>
+    <mergeCell ref="H162:H163"/>
+    <mergeCell ref="A164:A165"/>
+    <mergeCell ref="B164:B165"/>
+    <mergeCell ref="C164:C165"/>
+    <mergeCell ref="D164:D165"/>
+    <mergeCell ref="E164:E165"/>
+    <mergeCell ref="F164:F165"/>
+    <mergeCell ref="G164:G165"/>
+    <mergeCell ref="H164:H165"/>
+    <mergeCell ref="L164:L165"/>
+    <mergeCell ref="N164:N165"/>
+    <mergeCell ref="O164:O165"/>
+    <mergeCell ref="P164:P165"/>
+    <mergeCell ref="D170:D171"/>
+    <mergeCell ref="E170:E171"/>
+    <mergeCell ref="I170:I171"/>
+    <mergeCell ref="J170:J171"/>
+    <mergeCell ref="K170:K171"/>
+    <mergeCell ref="A175:A176"/>
+    <mergeCell ref="B175:B176"/>
+    <mergeCell ref="C175:C176"/>
+    <mergeCell ref="D175:D176"/>
+    <mergeCell ref="E175:E176"/>
+    <mergeCell ref="F175:F176"/>
+    <mergeCell ref="M173:M174"/>
+    <mergeCell ref="N173:N174"/>
+    <mergeCell ref="O173:O174"/>
+    <mergeCell ref="P173:P174"/>
+    <mergeCell ref="I175:I176"/>
+    <mergeCell ref="J175:J176"/>
+    <mergeCell ref="K175:K176"/>
+    <mergeCell ref="Q175:Q176"/>
+    <mergeCell ref="R175:R176"/>
+    <mergeCell ref="S175:S176"/>
+    <mergeCell ref="T175:T176"/>
+    <mergeCell ref="A173:A174"/>
+    <mergeCell ref="B173:B174"/>
+    <mergeCell ref="G175:G176"/>
+    <mergeCell ref="H175:H176"/>
+    <mergeCell ref="P175:P176"/>
+    <mergeCell ref="L173:L174"/>
+    <mergeCell ref="I173:I174"/>
+    <mergeCell ref="J173:J174"/>
+    <mergeCell ref="K173:K174"/>
+    <mergeCell ref="S173:S174"/>
+    <mergeCell ref="T173:T174"/>
+    <mergeCell ref="N175:N176"/>
+    <mergeCell ref="Q173:Q174"/>
+    <mergeCell ref="O175:O176"/>
+    <mergeCell ref="C173:C174"/>
+    <mergeCell ref="D173:D174"/>
+    <mergeCell ref="A179:A180"/>
+    <mergeCell ref="B179:B180"/>
+    <mergeCell ref="C179:C180"/>
+    <mergeCell ref="D179:D180"/>
+    <mergeCell ref="E179:E180"/>
+    <mergeCell ref="F179:F180"/>
+    <mergeCell ref="Q181:Q182"/>
+    <mergeCell ref="A177:A178"/>
+    <mergeCell ref="B177:B178"/>
+    <mergeCell ref="C177:C178"/>
+    <mergeCell ref="D177:D178"/>
+    <mergeCell ref="E177:E178"/>
+    <mergeCell ref="F177:F178"/>
+    <mergeCell ref="Q177:Q178"/>
+    <mergeCell ref="I179:I180"/>
+    <mergeCell ref="J181:J182"/>
+    <mergeCell ref="G177:G178"/>
+    <mergeCell ref="H177:H178"/>
+    <mergeCell ref="L177:L178"/>
+    <mergeCell ref="M177:M178"/>
+    <mergeCell ref="N177:N178"/>
+    <mergeCell ref="O177:O178"/>
+    <mergeCell ref="A181:A182"/>
+    <mergeCell ref="B181:B182"/>
+    <mergeCell ref="J177:J178"/>
+    <mergeCell ref="K177:K178"/>
+    <mergeCell ref="K181:K182"/>
+    <mergeCell ref="C181:C182"/>
+    <mergeCell ref="D181:D182"/>
+    <mergeCell ref="E181:E182"/>
+    <mergeCell ref="F181:F182"/>
+    <mergeCell ref="P177:P178"/>
+    <mergeCell ref="P181:P182"/>
+    <mergeCell ref="G181:G182"/>
+    <mergeCell ref="H181:H182"/>
+    <mergeCell ref="L181:L182"/>
+    <mergeCell ref="M181:M182"/>
+    <mergeCell ref="N181:N182"/>
+    <mergeCell ref="O181:O182"/>
+    <mergeCell ref="I181:I182"/>
+    <mergeCell ref="R179:R180"/>
+    <mergeCell ref="S179:S180"/>
+    <mergeCell ref="T179:T180"/>
+    <mergeCell ref="U179:U180"/>
+    <mergeCell ref="Y179:Y180"/>
+    <mergeCell ref="P179:P180"/>
+    <mergeCell ref="G179:G180"/>
+    <mergeCell ref="H179:H180"/>
+    <mergeCell ref="L179:L180"/>
+    <mergeCell ref="M179:M180"/>
+    <mergeCell ref="N179:N180"/>
+    <mergeCell ref="O179:O180"/>
+    <mergeCell ref="J179:J180"/>
+    <mergeCell ref="K179:K180"/>
+    <mergeCell ref="Q179:Q180"/>
+    <mergeCell ref="I177:I178"/>
+    <mergeCell ref="V177:V178"/>
+    <mergeCell ref="V179:V180"/>
+    <mergeCell ref="V181:V182"/>
     <mergeCell ref="R181:R182"/>
     <mergeCell ref="S181:S182"/>
     <mergeCell ref="T181:T182"/>
     <mergeCell ref="U181:U182"/>
-    <mergeCell ref="Y181:Y182"/>
-[...23 lines deleted...]
-    <mergeCell ref="M155:M157"/>
+    <mergeCell ref="O190:O191"/>
+    <mergeCell ref="A190:A191"/>
+    <mergeCell ref="B190:B191"/>
+    <mergeCell ref="C190:C191"/>
+    <mergeCell ref="Q183:Q184"/>
+    <mergeCell ref="R183:R184"/>
+    <mergeCell ref="S183:S184"/>
+    <mergeCell ref="T183:T184"/>
+    <mergeCell ref="U183:U184"/>
+    <mergeCell ref="Y183:Y184"/>
+    <mergeCell ref="P183:P184"/>
+    <mergeCell ref="G183:G184"/>
+    <mergeCell ref="H183:H184"/>
+    <mergeCell ref="L183:L184"/>
+    <mergeCell ref="M183:M184"/>
+    <mergeCell ref="N183:N184"/>
+    <mergeCell ref="O183:O184"/>
+    <mergeCell ref="A183:A184"/>
+    <mergeCell ref="B183:B184"/>
+    <mergeCell ref="C183:C184"/>
+    <mergeCell ref="D183:D184"/>
+    <mergeCell ref="E183:E184"/>
+    <mergeCell ref="F183:F184"/>
+    <mergeCell ref="I183:I184"/>
+    <mergeCell ref="J183:J184"/>
+    <mergeCell ref="K183:K184"/>
+    <mergeCell ref="V188:V189"/>
+    <mergeCell ref="W188:W189"/>
+    <mergeCell ref="X188:X189"/>
+    <mergeCell ref="Y188:Y189"/>
+    <mergeCell ref="H192:H193"/>
+    <mergeCell ref="L192:L193"/>
+    <mergeCell ref="M192:M193"/>
+    <mergeCell ref="N192:N193"/>
+    <mergeCell ref="O192:O193"/>
+    <mergeCell ref="O188:O189"/>
+    <mergeCell ref="A192:A193"/>
+    <mergeCell ref="B192:B193"/>
+    <mergeCell ref="C192:C193"/>
+    <mergeCell ref="D192:D193"/>
+    <mergeCell ref="E192:E193"/>
+    <mergeCell ref="F192:F193"/>
+    <mergeCell ref="Q190:Q191"/>
+    <mergeCell ref="R190:R191"/>
+    <mergeCell ref="S190:S191"/>
+    <mergeCell ref="T190:T191"/>
+    <mergeCell ref="U190:U191"/>
+    <mergeCell ref="P190:P191"/>
+    <mergeCell ref="A188:A189"/>
+    <mergeCell ref="B188:B189"/>
+    <mergeCell ref="C188:C189"/>
+    <mergeCell ref="D188:D189"/>
+    <mergeCell ref="E188:E189"/>
+    <mergeCell ref="F188:F189"/>
+    <mergeCell ref="Q188:Q189"/>
+    <mergeCell ref="R188:R189"/>
+    <mergeCell ref="G190:G191"/>
+    <mergeCell ref="H190:H191"/>
+    <mergeCell ref="K188:K189"/>
+    <mergeCell ref="L190:L191"/>
+    <mergeCell ref="M190:M191"/>
+    <mergeCell ref="N190:N191"/>
+    <mergeCell ref="A194:A195"/>
+    <mergeCell ref="B194:B195"/>
+    <mergeCell ref="C194:C195"/>
+    <mergeCell ref="D194:D195"/>
+    <mergeCell ref="E194:E195"/>
+    <mergeCell ref="K196:K197"/>
+    <mergeCell ref="D190:D191"/>
+    <mergeCell ref="E190:E191"/>
+    <mergeCell ref="F190:F191"/>
+    <mergeCell ref="Q192:Q193"/>
+    <mergeCell ref="R192:R193"/>
+    <mergeCell ref="S192:S193"/>
+    <mergeCell ref="S188:S189"/>
+    <mergeCell ref="T188:T189"/>
+    <mergeCell ref="T192:T193"/>
+    <mergeCell ref="U192:U193"/>
+    <mergeCell ref="U188:U189"/>
+    <mergeCell ref="I190:I191"/>
+    <mergeCell ref="J190:J191"/>
+    <mergeCell ref="K190:K191"/>
+    <mergeCell ref="I192:I193"/>
+    <mergeCell ref="J192:J193"/>
+    <mergeCell ref="K192:K193"/>
+    <mergeCell ref="I188:I189"/>
+    <mergeCell ref="J188:J189"/>
+    <mergeCell ref="P188:P189"/>
+    <mergeCell ref="G188:G189"/>
+    <mergeCell ref="H188:H189"/>
+    <mergeCell ref="L188:L189"/>
+    <mergeCell ref="M188:M189"/>
+    <mergeCell ref="N188:N189"/>
+    <mergeCell ref="P192:P193"/>
+    <mergeCell ref="P196:P197"/>
+    <mergeCell ref="G196:G197"/>
+    <mergeCell ref="H196:H197"/>
+    <mergeCell ref="L196:L197"/>
+    <mergeCell ref="M196:M197"/>
+    <mergeCell ref="N196:N197"/>
+    <mergeCell ref="O196:O197"/>
+    <mergeCell ref="I194:I195"/>
+    <mergeCell ref="J194:J195"/>
+    <mergeCell ref="K194:K195"/>
+    <mergeCell ref="K199:K200"/>
+    <mergeCell ref="U199:U200"/>
+    <mergeCell ref="U194:U195"/>
+    <mergeCell ref="Y194:Y195"/>
+    <mergeCell ref="J196:J197"/>
+    <mergeCell ref="D196:D197"/>
+    <mergeCell ref="E196:E197"/>
+    <mergeCell ref="F196:F197"/>
+    <mergeCell ref="Q194:Q195"/>
+    <mergeCell ref="R194:R195"/>
+    <mergeCell ref="S194:S195"/>
+    <mergeCell ref="T194:T195"/>
+    <mergeCell ref="P194:P195"/>
+    <mergeCell ref="G194:G195"/>
+    <mergeCell ref="H194:H195"/>
+    <mergeCell ref="L194:L195"/>
+    <mergeCell ref="M194:M195"/>
+    <mergeCell ref="N194:N195"/>
+    <mergeCell ref="O194:O195"/>
+    <mergeCell ref="F199:F200"/>
+    <mergeCell ref="Y199:Y200"/>
+    <mergeCell ref="P199:P200"/>
+    <mergeCell ref="U204:U205"/>
+    <mergeCell ref="Y204:Y205"/>
+    <mergeCell ref="G199:G200"/>
+    <mergeCell ref="H199:H200"/>
+    <mergeCell ref="L199:L200"/>
+    <mergeCell ref="M199:M200"/>
+    <mergeCell ref="N199:N200"/>
+    <mergeCell ref="O199:O200"/>
+    <mergeCell ref="Q202:Q203"/>
+    <mergeCell ref="R202:R203"/>
+    <mergeCell ref="S202:S203"/>
+    <mergeCell ref="T202:T203"/>
+    <mergeCell ref="U202:U203"/>
+    <mergeCell ref="Y202:Y203"/>
+    <mergeCell ref="P202:P203"/>
+    <mergeCell ref="I199:I200"/>
+    <mergeCell ref="J199:J200"/>
+    <mergeCell ref="T199:T200"/>
+    <mergeCell ref="S199:S200"/>
+    <mergeCell ref="I202:I203"/>
+    <mergeCell ref="J202:J203"/>
+    <mergeCell ref="K202:K203"/>
+    <mergeCell ref="Q199:Q200"/>
+    <mergeCell ref="R199:R200"/>
+    <mergeCell ref="K209:K210"/>
+    <mergeCell ref="I211:I212"/>
+    <mergeCell ref="J211:J212"/>
+    <mergeCell ref="K211:K212"/>
+    <mergeCell ref="G211:G212"/>
+    <mergeCell ref="H211:H212"/>
+    <mergeCell ref="L211:L212"/>
+    <mergeCell ref="S206:S207"/>
+    <mergeCell ref="T206:T207"/>
+    <mergeCell ref="A211:A212"/>
+    <mergeCell ref="B211:B212"/>
+    <mergeCell ref="G204:G205"/>
+    <mergeCell ref="A204:A205"/>
+    <mergeCell ref="B204:B205"/>
+    <mergeCell ref="C204:C205"/>
+    <mergeCell ref="D204:D205"/>
+    <mergeCell ref="E204:E205"/>
+    <mergeCell ref="I204:I205"/>
+    <mergeCell ref="J204:J205"/>
+    <mergeCell ref="K204:K205"/>
+    <mergeCell ref="Q209:Q210"/>
+    <mergeCell ref="R209:R210"/>
+    <mergeCell ref="I206:I207"/>
+    <mergeCell ref="J206:J207"/>
+    <mergeCell ref="K206:K207"/>
+    <mergeCell ref="Q211:Q212"/>
+    <mergeCell ref="R211:R212"/>
+    <mergeCell ref="S204:S205"/>
+    <mergeCell ref="T204:T205"/>
+    <mergeCell ref="S211:S212"/>
+    <mergeCell ref="T211:T212"/>
+    <mergeCell ref="F211:F212"/>
+    <mergeCell ref="A202:A203"/>
+    <mergeCell ref="D209:D210"/>
+    <mergeCell ref="E209:E210"/>
+    <mergeCell ref="F209:F210"/>
+    <mergeCell ref="B202:B203"/>
+    <mergeCell ref="H204:H205"/>
+    <mergeCell ref="L204:L205"/>
+    <mergeCell ref="M204:M205"/>
+    <mergeCell ref="N204:N205"/>
+    <mergeCell ref="O204:O205"/>
+    <mergeCell ref="Q204:Q205"/>
+    <mergeCell ref="R204:R205"/>
+    <mergeCell ref="U206:U207"/>
+    <mergeCell ref="Y206:Y207"/>
+    <mergeCell ref="P206:P207"/>
+    <mergeCell ref="G206:G207"/>
+    <mergeCell ref="H206:H207"/>
+    <mergeCell ref="L206:L207"/>
+    <mergeCell ref="M206:M207"/>
+    <mergeCell ref="N206:N207"/>
+    <mergeCell ref="O206:O207"/>
+    <mergeCell ref="P209:P210"/>
+    <mergeCell ref="Q206:Q207"/>
+    <mergeCell ref="R206:R207"/>
+    <mergeCell ref="G202:G203"/>
+    <mergeCell ref="P204:P205"/>
+    <mergeCell ref="V202:V203"/>
+    <mergeCell ref="A209:A210"/>
+    <mergeCell ref="B209:B210"/>
+    <mergeCell ref="C209:C210"/>
+    <mergeCell ref="I209:I210"/>
+    <mergeCell ref="J209:J210"/>
+    <mergeCell ref="U211:U212"/>
+    <mergeCell ref="Y211:Y212"/>
+    <mergeCell ref="P211:P212"/>
+    <mergeCell ref="U209:U210"/>
+    <mergeCell ref="N211:N212"/>
+    <mergeCell ref="O211:O212"/>
+    <mergeCell ref="G209:G210"/>
+    <mergeCell ref="B220:B222"/>
+    <mergeCell ref="L86:L87"/>
+    <mergeCell ref="C220:C222"/>
+    <mergeCell ref="E220:E222"/>
+    <mergeCell ref="G216:G217"/>
+    <mergeCell ref="H216:H217"/>
+    <mergeCell ref="L216:L217"/>
+    <mergeCell ref="M216:M217"/>
+    <mergeCell ref="N216:N217"/>
+    <mergeCell ref="O216:O217"/>
+    <mergeCell ref="J216:J217"/>
+    <mergeCell ref="I216:I217"/>
+    <mergeCell ref="K216:K217"/>
+    <mergeCell ref="F216:F217"/>
+    <mergeCell ref="C202:C203"/>
+    <mergeCell ref="D202:D203"/>
+    <mergeCell ref="E202:E203"/>
+    <mergeCell ref="F202:F203"/>
+    <mergeCell ref="B199:B200"/>
+    <mergeCell ref="C199:C200"/>
+    <mergeCell ref="D199:D200"/>
+    <mergeCell ref="E199:E200"/>
+    <mergeCell ref="C211:C212"/>
+    <mergeCell ref="D211:D212"/>
+    <mergeCell ref="E211:E212"/>
+    <mergeCell ref="B206:B207"/>
+    <mergeCell ref="C206:C207"/>
+    <mergeCell ref="D206:D207"/>
+    <mergeCell ref="E206:E207"/>
+    <mergeCell ref="F206:F207"/>
+    <mergeCell ref="G192:G193"/>
+    <mergeCell ref="S216:S217"/>
+    <mergeCell ref="T216:T217"/>
+    <mergeCell ref="A235:Y235"/>
+    <mergeCell ref="V7:V8"/>
+    <mergeCell ref="V129:V130"/>
+    <mergeCell ref="V21:V22"/>
+    <mergeCell ref="V24:V25"/>
+    <mergeCell ref="Q220:Q222"/>
+    <mergeCell ref="R220:R222"/>
+    <mergeCell ref="S220:S222"/>
+    <mergeCell ref="T220:T222"/>
+    <mergeCell ref="U220:U222"/>
+    <mergeCell ref="Y220:Y222"/>
+    <mergeCell ref="P220:P222"/>
+    <mergeCell ref="G220:G222"/>
+    <mergeCell ref="H220:H222"/>
+    <mergeCell ref="L220:L222"/>
+    <mergeCell ref="M220:M222"/>
+    <mergeCell ref="V90:V93"/>
+    <mergeCell ref="F220:F222"/>
+    <mergeCell ref="A216:A217"/>
+    <mergeCell ref="B216:B217"/>
+    <mergeCell ref="Y209:Y210"/>
+    <mergeCell ref="M211:M212"/>
+    <mergeCell ref="J220:J222"/>
+    <mergeCell ref="K220:K222"/>
+    <mergeCell ref="N220:N222"/>
+    <mergeCell ref="O220:O222"/>
+    <mergeCell ref="A220:A222"/>
+    <mergeCell ref="C216:C217"/>
+    <mergeCell ref="D216:D217"/>
+    <mergeCell ref="E216:E217"/>
+    <mergeCell ref="I220:I222"/>
+    <mergeCell ref="Y90:Y93"/>
+    <mergeCell ref="H202:H203"/>
+    <mergeCell ref="L202:L203"/>
+    <mergeCell ref="M202:M203"/>
+    <mergeCell ref="N202:N203"/>
+    <mergeCell ref="O202:O203"/>
+    <mergeCell ref="F194:F195"/>
+    <mergeCell ref="Q196:Q197"/>
+    <mergeCell ref="R196:R197"/>
+    <mergeCell ref="S196:S197"/>
+    <mergeCell ref="R216:R217"/>
+    <mergeCell ref="S209:S210"/>
+    <mergeCell ref="T209:T210"/>
+    <mergeCell ref="P216:P217"/>
+    <mergeCell ref="U216:U217"/>
+    <mergeCell ref="D220:D222"/>
+    <mergeCell ref="P170:P171"/>
+    <mergeCell ref="F170:F171"/>
+    <mergeCell ref="T196:T197"/>
+    <mergeCell ref="I196:I197"/>
+    <mergeCell ref="O170:O171"/>
+    <mergeCell ref="F204:F205"/>
+    <mergeCell ref="Q216:Q217"/>
+    <mergeCell ref="Q160:Q161"/>
+    <mergeCell ref="U152:U153"/>
+    <mergeCell ref="O3:O4"/>
+    <mergeCell ref="I3:L3"/>
+    <mergeCell ref="I9:I10"/>
+    <mergeCell ref="J9:J10"/>
+    <mergeCell ref="K9:K10"/>
+    <mergeCell ref="I12:I13"/>
+    <mergeCell ref="J12:J13"/>
+    <mergeCell ref="K12:K13"/>
+    <mergeCell ref="I21:I22"/>
+    <mergeCell ref="J21:J22"/>
+    <mergeCell ref="K21:K22"/>
+    <mergeCell ref="I24:I25"/>
+    <mergeCell ref="J24:J25"/>
+    <mergeCell ref="K24:K25"/>
+    <mergeCell ref="I37:I38"/>
+    <mergeCell ref="H155:H157"/>
+    <mergeCell ref="M90:M93"/>
+    <mergeCell ref="J72:J74"/>
+    <mergeCell ref="J94:J97"/>
+    <mergeCell ref="K94:K97"/>
+    <mergeCell ref="J99:J100"/>
+    <mergeCell ref="K99:K100"/>
+    <mergeCell ref="I101:I106"/>
+    <mergeCell ref="J101:J106"/>
+    <mergeCell ref="K101:K106"/>
+    <mergeCell ref="I107:I108"/>
+    <mergeCell ref="J107:J108"/>
+    <mergeCell ref="K107:K108"/>
+    <mergeCell ref="I109:I110"/>
+    <mergeCell ref="J109:J110"/>
+    <mergeCell ref="K109:K110"/>
+    <mergeCell ref="H141:H142"/>
+    <mergeCell ref="J149:J150"/>
+    <mergeCell ref="K149:K150"/>
+    <mergeCell ref="D162:D163"/>
+    <mergeCell ref="E162:E163"/>
+    <mergeCell ref="A158:A159"/>
+    <mergeCell ref="B158:B159"/>
+    <mergeCell ref="C158:C159"/>
+    <mergeCell ref="D158:D159"/>
+    <mergeCell ref="E158:E159"/>
+    <mergeCell ref="F158:F159"/>
+    <mergeCell ref="G158:G159"/>
+    <mergeCell ref="H158:H159"/>
+    <mergeCell ref="L158:L159"/>
+    <mergeCell ref="M158:M159"/>
+    <mergeCell ref="F141:F142"/>
+    <mergeCell ref="A139:A140"/>
+    <mergeCell ref="D3:D4"/>
+    <mergeCell ref="G141:G142"/>
+    <mergeCell ref="L141:L142"/>
+    <mergeCell ref="M141:M142"/>
+    <mergeCell ref="I141:I142"/>
+    <mergeCell ref="J141:J142"/>
+    <mergeCell ref="K141:K142"/>
+    <mergeCell ref="M143:M144"/>
+    <mergeCell ref="L132:L133"/>
+    <mergeCell ref="B139:B140"/>
+    <mergeCell ref="C139:C140"/>
+    <mergeCell ref="D139:D140"/>
+    <mergeCell ref="E139:E140"/>
+    <mergeCell ref="F139:F140"/>
+    <mergeCell ref="G139:G140"/>
+    <mergeCell ref="K136:K138"/>
+    <mergeCell ref="H209:H210"/>
+    <mergeCell ref="L209:L210"/>
+    <mergeCell ref="M209:M210"/>
+    <mergeCell ref="N209:N210"/>
+    <mergeCell ref="O209:O210"/>
+    <mergeCell ref="A199:A200"/>
+    <mergeCell ref="A206:A207"/>
+    <mergeCell ref="P111:P113"/>
+    <mergeCell ref="A125:A126"/>
+    <mergeCell ref="B125:B126"/>
+    <mergeCell ref="C125:C126"/>
+    <mergeCell ref="D125:D126"/>
+    <mergeCell ref="E125:E126"/>
+    <mergeCell ref="F125:F126"/>
+    <mergeCell ref="G125:G126"/>
+    <mergeCell ref="H125:H126"/>
+    <mergeCell ref="I125:I126"/>
+    <mergeCell ref="J125:J126"/>
+    <mergeCell ref="K125:K126"/>
+    <mergeCell ref="L125:L126"/>
+    <mergeCell ref="P160:P161"/>
+    <mergeCell ref="A160:A161"/>
+    <mergeCell ref="B160:B161"/>
+    <mergeCell ref="C160:C161"/>
+    <mergeCell ref="D160:D161"/>
+    <mergeCell ref="E160:E161"/>
+    <mergeCell ref="F160:F161"/>
+    <mergeCell ref="G155:G157"/>
+    <mergeCell ref="I149:I150"/>
+    <mergeCell ref="N155:N157"/>
+    <mergeCell ref="O155:O157"/>
+    <mergeCell ref="A155:A157"/>
+    <mergeCell ref="I121:I122"/>
+    <mergeCell ref="M132:M133"/>
+    <mergeCell ref="N132:N133"/>
+    <mergeCell ref="T149:T150"/>
+    <mergeCell ref="U149:U150"/>
+    <mergeCell ref="U141:U142"/>
+    <mergeCell ref="O114:O115"/>
+    <mergeCell ref="S109:S110"/>
+    <mergeCell ref="U107:U108"/>
+    <mergeCell ref="K72:K74"/>
+    <mergeCell ref="A18:A19"/>
+    <mergeCell ref="B18:B19"/>
+    <mergeCell ref="C18:C19"/>
+    <mergeCell ref="D18:D19"/>
+    <mergeCell ref="E18:E19"/>
+    <mergeCell ref="F18:F19"/>
+    <mergeCell ref="G18:G19"/>
+    <mergeCell ref="H18:H19"/>
+    <mergeCell ref="I18:I19"/>
+    <mergeCell ref="J18:J19"/>
+    <mergeCell ref="K18:K19"/>
+    <mergeCell ref="L18:L19"/>
+    <mergeCell ref="M18:M19"/>
+    <mergeCell ref="N18:N19"/>
+    <mergeCell ref="O18:O19"/>
+    <mergeCell ref="P18:P19"/>
+    <mergeCell ref="Q18:Q19"/>
+    <mergeCell ref="I139:I140"/>
+    <mergeCell ref="J139:J140"/>
+    <mergeCell ref="K139:K140"/>
+    <mergeCell ref="J143:J144"/>
+    <mergeCell ref="K143:K144"/>
+    <mergeCell ref="U109:U110"/>
+    <mergeCell ref="U18:U19"/>
+    <mergeCell ref="V18:V19"/>
+    <mergeCell ref="W18:W19"/>
+    <mergeCell ref="S125:S126"/>
+    <mergeCell ref="T125:T126"/>
+    <mergeCell ref="U125:U126"/>
+    <mergeCell ref="V125:V126"/>
+    <mergeCell ref="W125:W126"/>
+    <mergeCell ref="Q152:Q153"/>
+    <mergeCell ref="R152:R153"/>
+    <mergeCell ref="S152:S153"/>
+    <mergeCell ref="T152:T153"/>
+    <mergeCell ref="M116:M117"/>
+    <mergeCell ref="N116:N117"/>
+    <mergeCell ref="S132:S133"/>
+    <mergeCell ref="T132:T133"/>
+    <mergeCell ref="U132:U133"/>
+    <mergeCell ref="P152:P153"/>
+    <mergeCell ref="P141:P142"/>
+    <mergeCell ref="N141:N142"/>
+    <mergeCell ref="O141:O142"/>
+    <mergeCell ref="Q143:Q144"/>
+    <mergeCell ref="R143:R144"/>
+    <mergeCell ref="S143:S144"/>
+    <mergeCell ref="T143:T144"/>
+    <mergeCell ref="U143:U144"/>
+    <mergeCell ref="P143:P144"/>
+    <mergeCell ref="M114:M115"/>
+    <mergeCell ref="N114:N115"/>
+    <mergeCell ref="U69:U70"/>
+    <mergeCell ref="R111:R113"/>
     <mergeCell ref="X18:X19"/>
     <mergeCell ref="Y18:Y19"/>
     <mergeCell ref="S160:S161"/>
     <mergeCell ref="T160:T161"/>
     <mergeCell ref="U160:U161"/>
     <mergeCell ref="Y160:Y161"/>
     <mergeCell ref="Y164:Y165"/>
     <mergeCell ref="M164:M165"/>
     <mergeCell ref="N170:N171"/>
     <mergeCell ref="U173:U174"/>
     <mergeCell ref="T164:T165"/>
     <mergeCell ref="U164:U165"/>
     <mergeCell ref="Q164:Q165"/>
     <mergeCell ref="R164:R165"/>
     <mergeCell ref="V162:V163"/>
     <mergeCell ref="Y162:Y163"/>
     <mergeCell ref="R173:R174"/>
     <mergeCell ref="Q129:Q130"/>
     <mergeCell ref="R129:R130"/>
     <mergeCell ref="S129:S130"/>
     <mergeCell ref="T129:T130"/>
     <mergeCell ref="U129:U130"/>
     <mergeCell ref="Y129:Y130"/>
     <mergeCell ref="P129:P130"/>
     <mergeCell ref="U111:U113"/>
     <mergeCell ref="M125:M126"/>
     <mergeCell ref="N125:N126"/>
     <mergeCell ref="O125:O126"/>
     <mergeCell ref="V72:V74"/>
     <mergeCell ref="V101:V106"/>
     <mergeCell ref="V160:V161"/>
     <mergeCell ref="R125:R126"/>
+    <mergeCell ref="U196:U197"/>
+    <mergeCell ref="Y196:Y197"/>
+    <mergeCell ref="Y190:Y191"/>
+    <mergeCell ref="R160:R161"/>
+    <mergeCell ref="Y132:Y133"/>
+    <mergeCell ref="S164:S165"/>
+    <mergeCell ref="A168:Y168"/>
+    <mergeCell ref="T170:T171"/>
+    <mergeCell ref="U170:U171"/>
+    <mergeCell ref="V158:V159"/>
+    <mergeCell ref="W158:W159"/>
+    <mergeCell ref="X158:X159"/>
+    <mergeCell ref="Y158:Y159"/>
+    <mergeCell ref="T158:T159"/>
+    <mergeCell ref="U158:U159"/>
+    <mergeCell ref="L155:L157"/>
+    <mergeCell ref="M155:M157"/>
     <mergeCell ref="M134:M135"/>
     <mergeCell ref="I152:I153"/>
     <mergeCell ref="J152:J153"/>
     <mergeCell ref="K152:K153"/>
-    <mergeCell ref="U109:U110"/>
-[...43 lines deleted...]
-    <mergeCell ref="Q18:Q19"/>
     <mergeCell ref="A196:A197"/>
     <mergeCell ref="B196:B197"/>
     <mergeCell ref="C196:C197"/>
-    <mergeCell ref="H209:H210"/>
-[...30 lines deleted...]
-    <mergeCell ref="A155:A157"/>
     <mergeCell ref="B155:B157"/>
     <mergeCell ref="D155:D157"/>
     <mergeCell ref="L162:L163"/>
     <mergeCell ref="M162:M163"/>
     <mergeCell ref="N162:N163"/>
     <mergeCell ref="A162:A163"/>
     <mergeCell ref="B162:B163"/>
     <mergeCell ref="C162:C163"/>
-    <mergeCell ref="I139:I140"/>
-[...450 lines deleted...]
-    <mergeCell ref="I177:I178"/>
+    <mergeCell ref="R177:R178"/>
+    <mergeCell ref="S177:S178"/>
+    <mergeCell ref="T177:T178"/>
+    <mergeCell ref="U177:U178"/>
+    <mergeCell ref="Y177:Y178"/>
+    <mergeCell ref="V183:V184"/>
+    <mergeCell ref="Y173:Y174"/>
     <mergeCell ref="U175:U176"/>
     <mergeCell ref="Y175:Y176"/>
     <mergeCell ref="V170:V171"/>
     <mergeCell ref="Y170:Y171"/>
-    <mergeCell ref="A164:A165"/>
-[...60 lines deleted...]
-    <mergeCell ref="M143:M144"/>
     <mergeCell ref="Y143:Y144"/>
-    <mergeCell ref="P143:P144"/>
-[...603 lines deleted...]
-    <mergeCell ref="R111:R113"/>
     <mergeCell ref="S111:S113"/>
     <mergeCell ref="T111:T113"/>
-    <mergeCell ref="Q111:Q113"/>
-[...181 lines deleted...]
-    <mergeCell ref="X155:X157"/>
     <mergeCell ref="Y155:Y157"/>
     <mergeCell ref="V164:V165"/>
     <mergeCell ref="V173:V174"/>
-    <mergeCell ref="V177:V178"/>
-[...22 lines deleted...]
-    <mergeCell ref="Y78:Y79"/>
   </mergeCells>
   <pageMargins left="0.24" right="0.22" top="0.31" bottom="0.31" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="35" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>реестр муниципальных маршрутов</vt:lpstr>
     </vt:vector>